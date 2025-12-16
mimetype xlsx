--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -39,344 +39,344 @@
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{74D2A88A-1A53-486C-AAE7-4239B47BC09D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DCB2D8EF-5A46-4AED-80D5-592BFBE200B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{4DE00F97-DA03-4902-8C2C-35BD4CE25453}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{E06F0FE2-2B12-4C29-8573-9A5D85890FD6}"/>
   </bookViews>
   <sheets>
     <sheet name="NSW" sheetId="2" r:id="rId1"/>
     <sheet name="NSW Monthly" sheetId="1" r:id="rId2"/>
     <sheet name="NSW Graphs" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">NSW!$A$1:$G$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'NSW Monthly'!$A$1:$S$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G47" i="2" l="1"/>
-  <c r="F47" i="2"/>
+  <c r="F47" i="2" l="1"/>
+  <c r="E47" i="2"/>
   <c r="D47" i="2"/>
-  <c r="E47" i="2"/>
+  <c r="G47" i="2"/>
   <c r="G41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
   <c r="D41" i="2"/>
   <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
   <c r="D32" i="2"/>
-  <c r="G27" i="2"/>
   <c r="D26" i="2"/>
+  <c r="G23" i="2"/>
   <c r="F27" i="2"/>
-  <c r="F23" i="2"/>
-[...1 lines deleted...]
-  <c r="D23" i="2"/>
+  <c r="E27" i="2"/>
+  <c r="D27" i="2"/>
   <c r="B23" i="2"/>
-  <c r="G23" i="2"/>
+  <c r="G26" i="2"/>
   <c r="F26" i="2"/>
   <c r="E26" i="2"/>
   <c r="E15" i="2"/>
-  <c r="E11" i="2"/>
+  <c r="G14" i="2"/>
   <c r="D11" i="2"/>
   <c r="D15" i="2"/>
-  <c r="F15" i="2"/>
-  <c r="G14" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="E11" i="2"/>
+  <c r="F14" i="2"/>
   <c r="E14" i="2"/>
+  <c r="D14" i="2"/>
+  <c r="E49" i="1"/>
   <c r="Q47" i="1"/>
   <c r="Q49" i="1" s="1"/>
+  <c r="E47" i="1"/>
   <c r="Q45" i="1"/>
   <c r="M45" i="1"/>
   <c r="M47" i="1" s="1"/>
   <c r="M49" i="1" s="1"/>
   <c r="I45" i="1"/>
   <c r="I47" i="1" s="1"/>
   <c r="I49" i="1" s="1"/>
   <c r="E45" i="1"/>
-  <c r="E47" i="1" s="1"/>
-  <c r="E49" i="1" s="1"/>
   <c r="R44" i="1"/>
+  <c r="J44" i="1"/>
   <c r="F44" i="1"/>
   <c r="Q42" i="1"/>
   <c r="M42" i="1"/>
   <c r="I42" i="1"/>
   <c r="E42" i="1"/>
   <c r="R41" i="1"/>
   <c r="N41" i="1"/>
   <c r="J41" i="1"/>
   <c r="F41" i="1"/>
   <c r="Q39" i="1"/>
   <c r="M39" i="1"/>
   <c r="I39" i="1"/>
   <c r="E39" i="1"/>
   <c r="R38" i="1"/>
   <c r="N38" i="1"/>
   <c r="F38" i="1"/>
   <c r="Q36" i="1"/>
   <c r="M36" i="1"/>
   <c r="I36" i="1"/>
   <c r="E36" i="1"/>
   <c r="N35" i="1"/>
   <c r="J35" i="1"/>
   <c r="F35" i="1"/>
   <c r="Q33" i="1"/>
   <c r="M33" i="1"/>
   <c r="I33" i="1"/>
   <c r="R32" i="1"/>
   <c r="N32" i="1"/>
   <c r="J32" i="1"/>
   <c r="M30" i="1"/>
   <c r="I30" i="1"/>
   <c r="E30" i="1"/>
   <c r="R29" i="1"/>
   <c r="F29" i="1"/>
   <c r="Q27" i="1"/>
   <c r="M27" i="1"/>
   <c r="I27" i="1"/>
   <c r="E27" i="1"/>
   <c r="R26" i="1"/>
   <c r="N26" i="1"/>
   <c r="J26" i="1"/>
   <c r="F26" i="1"/>
   <c r="Q24" i="1"/>
   <c r="M24" i="1"/>
   <c r="I24" i="1"/>
   <c r="E24" i="1"/>
   <c r="R23" i="1"/>
   <c r="N23" i="1"/>
-  <c r="Q21" i="1"/>
+  <c r="F23" i="1"/>
+  <c r="N20" i="1"/>
   <c r="M21" i="1"/>
-  <c r="I21" i="1"/>
-[...1 lines deleted...]
-  <c r="N20" i="1"/>
+  <c r="L21" i="1"/>
   <c r="J20" i="1"/>
   <c r="F20" i="1"/>
+  <c r="M18" i="1"/>
   <c r="R17" i="1"/>
-  <c r="N17" i="1"/>
+  <c r="L18" i="1"/>
+  <c r="N18" i="1" s="1"/>
   <c r="J17" i="1"/>
-  <c r="D18" i="1"/>
-  <c r="D15" i="1"/>
+  <c r="I18" i="1"/>
+  <c r="I21" i="1" s="1"/>
+  <c r="H18" i="1"/>
+  <c r="F17" i="1"/>
+  <c r="M15" i="1"/>
+  <c r="L15" i="1"/>
+  <c r="N15" i="1" s="1"/>
+  <c r="I15" i="1"/>
+  <c r="H15" i="1"/>
+  <c r="J15" i="1" s="1"/>
   <c r="R14" i="1"/>
-  <c r="Q15" i="1"/>
-  <c r="Q18" i="1" s="1"/>
   <c r="N14" i="1"/>
   <c r="J14" i="1"/>
-  <c r="F14" i="1"/>
-[...5 lines deleted...]
-  <c r="R11" i="1"/>
+  <c r="E15" i="1"/>
+  <c r="E18" i="1" s="1"/>
+  <c r="E21" i="1" s="1"/>
+  <c r="D15" i="1"/>
   <c r="M12" i="1"/>
   <c r="L12" i="1"/>
+  <c r="N12" i="1" s="1"/>
   <c r="I12" i="1"/>
-  <c r="I15" i="1" s="1"/>
-  <c r="I18" i="1" s="1"/>
+  <c r="H12" i="1"/>
+  <c r="J12" i="1" s="1"/>
+  <c r="E12" i="1"/>
+  <c r="D12" i="1"/>
+  <c r="F12" i="1" s="1"/>
+  <c r="R11" i="1"/>
+  <c r="Q12" i="1"/>
+  <c r="Q15" i="1" s="1"/>
+  <c r="Q18" i="1" s="1"/>
+  <c r="P12" i="1"/>
+  <c r="N11" i="1"/>
   <c r="J11" i="1"/>
-  <c r="E12" i="1"/>
-  <c r="E15" i="1" s="1"/>
   <c r="F11" i="1"/>
-  <c r="N12" i="1" l="1"/>
-[...49 lines deleted...]
-  <c r="N21" i="1" l="1"/>
+  <c r="F15" i="1" l="1"/>
+  <c r="D18" i="1"/>
+  <c r="Q21" i="1"/>
+  <c r="N21" i="1"/>
   <c r="L24" i="1"/>
   <c r="J18" i="1"/>
   <c r="H21" i="1"/>
+  <c r="J21" i="1" s="1"/>
+  <c r="R12" i="1"/>
+  <c r="P15" i="1"/>
+  <c r="H24" i="1"/>
+  <c r="G27" i="2"/>
+  <c r="R20" i="1"/>
+  <c r="J29" i="1"/>
+  <c r="R35" i="1"/>
+  <c r="G15" i="2"/>
+  <c r="N17" i="1"/>
+  <c r="D23" i="2"/>
+  <c r="E23" i="2"/>
+  <c r="F14" i="1"/>
+  <c r="N44" i="1"/>
+  <c r="F23" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="J23" i="1"/>
+  <c r="N29" i="1"/>
+  <c r="J38" i="1"/>
+  <c r="F32" i="1"/>
+  <c r="G11" i="2"/>
+  <c r="L27" i="1" l="1"/>
+  <c r="N24" i="1"/>
+  <c r="F18" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="H27" i="1"/>
+  <c r="J24" i="1"/>
+  <c r="P18" i="1"/>
+  <c r="R15" i="1"/>
+  <c r="N27" i="1" l="1"/>
+  <c r="L30" i="1"/>
+  <c r="R18" i="1"/>
+  <c r="P21" i="1"/>
+  <c r="J27" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="L33" i="1" l="1"/>
+  <c r="N30" i="1"/>
+  <c r="F24" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="J30" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="P24" i="1"/>
+  <c r="R21" i="1"/>
+  <c r="N33" i="1" l="1"/>
+  <c r="L36" i="1"/>
+  <c r="R24" i="1"/>
+  <c r="P27" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="J33" i="1"/>
   <c r="F27" i="1"/>
   <c r="D30" i="1"/>
+  <c r="N36" i="1" l="1"/>
+  <c r="L39" i="1"/>
+  <c r="F30" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="J36" i="1"/>
+  <c r="H39" i="1"/>
   <c r="R27" i="1"/>
   <c r="P30" i="1"/>
-  <c r="F30" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="H24" i="1"/>
+  <c r="H42" i="1" l="1"/>
+  <c r="J39" i="1"/>
+  <c r="P33" i="1"/>
   <c r="R30" i="1"/>
-  <c r="P33" i="1"/>
-[...7 lines deleted...]
-  <c r="J24" i="1"/>
   <c r="F33" i="1"/>
   <c r="D36" i="1"/>
-  <c r="F36" i="1" l="1"/>
+  <c r="L42" i="1"/>
+  <c r="N39" i="1"/>
+  <c r="N42" i="1" l="1"/>
+  <c r="L45" i="1"/>
+  <c r="F36" i="1"/>
   <c r="D39" i="1"/>
-  <c r="J27" i="1"/>
-[...2 lines deleted...]
-  <c r="N30" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="H45" i="1"/>
+  <c r="N45" i="1" l="1"/>
+  <c r="L47" i="1"/>
+  <c r="J45" i="1"/>
+  <c r="H47" i="1"/>
   <c r="P39" i="1"/>
   <c r="R36" i="1"/>
-  <c r="N33" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="H33" i="1"/>
+  <c r="F39" i="1"/>
   <c r="D42" i="1"/>
-  <c r="F39" i="1"/>
+  <c r="N47" i="1" l="1"/>
+  <c r="F42" i="1"/>
+  <c r="D45" i="1"/>
+  <c r="R39" i="1"/>
   <c r="P42" i="1"/>
-  <c r="R39" i="1"/>
+  <c r="J47" i="1"/>
   <c r="R42" i="1" l="1"/>
   <c r="P45" i="1"/>
-  <c r="F42" i="1"/>
-[...5 lines deleted...]
-  <c r="F45" i="1" l="1"/>
   <c r="D47" i="1"/>
+  <c r="F45" i="1"/>
+  <c r="F47" i="1" l="1"/>
   <c r="P47" i="1"/>
+  <c r="D49" i="1" s="1"/>
   <c r="R45" i="1"/>
-  <c r="N39" i="1"/>
-[...17 lines deleted...]
-  <c r="N47" i="1"/>
+  <c r="R47" i="1" l="1"/>
+  <c r="P49" i="1"/>
+  <c r="H49" i="1"/>
   <c r="L49" i="1"/>
-  <c r="J47" i="1" l="1"/>
-  <c r="H49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="50">
   <si>
     <t>New South Wales Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>Inland/Central</t>
   </si>
   <si>
     <t>North Coast</t>
   </si>
   <si>
     <t>Southern</t>
   </si>
   <si>
     <t>Total NSW</t>
   </si>
   <si>
     <t>Var%</t>
@@ -465,57 +465,57 @@
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>* Retrospective adjustments are possible if new or revised data is received.</t>
   </si>
   <si>
     <t>25/26 by Region</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t>NSW</t>
   </si>
   <si>
-    <t>September-23</t>
+    <t>October-23</t>
   </si>
   <si>
-    <t>September-24</t>
+    <t>October-24</t>
   </si>
   <si>
-    <t>September-25</t>
+    <t>October-25</t>
   </si>
   <si>
     <t>% change 24 &amp; 25</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
@@ -1264,51 +1264,51 @@
     <xf numFmtId="3" fontId="2" fillId="0" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{F2196276-8E57-43C7-BD82-BBD273A26024}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{8AAF0DDB-DA7C-42C1-9092-9C27282738A6}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1521,51 +1521,51 @@
                 <c:v>93083.506209935265</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>90887.629820218091</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>78491.278031963855</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>82980.17491541311</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>80766.042229888699</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>84124.264259510164</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>83126.807620983163</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D71F-46F9-9DD2-9ED8BD325553}"/>
+              <c16:uniqueId val="{00000000-4B5A-4388-ADEA-B30FE432A3FF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1586,66 +1586,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>90132.956143149902</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>95236.084263457698</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>98318.758267417405</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>103361.025419731</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D71F-46F9-9DD2-9ED8BD325553}"/>
+              <c16:uniqueId val="{00000001-4B5A-4388-ADEA-B30FE432A3FF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291204832"/>
         <c:axId val="1291205616"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291204832"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -1997,51 +2000,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-AEE3-4116-B721-77677F0AE387}"/>
+              <c16:uniqueId val="{00000000-223C-44C2-B31F-A7F85A4ADC3B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2104,51 +2107,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-AEE3-4116-B721-77677F0AE387}"/>
+              <c16:uniqueId val="{00000001-223C-44C2-B31F-A7F85A4ADC3B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2211,51 +2214,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-AEE3-4116-B721-77677F0AE387}"/>
+              <c16:uniqueId val="{00000002-223C-44C2-B31F-A7F85A4ADC3B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618084376"/>
         <c:axId val="618085552"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618084376"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2587,51 +2590,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-C6EB-4056-A4F0-F2A25AFFC46E}"/>
+              <c16:uniqueId val="{00000000-E5A6-48F1-8EDC-733FF955C295}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2694,51 +2697,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-C6EB-4056-A4F0-F2A25AFFC46E}"/>
+              <c16:uniqueId val="{00000001-E5A6-48F1-8EDC-733FF955C295}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2801,51 +2804,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-C6EB-4056-A4F0-F2A25AFFC46E}"/>
+              <c16:uniqueId val="{00000002-E5A6-48F1-8EDC-733FF955C295}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087120"/>
         <c:axId val="618086336"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087120"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3177,51 +3180,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-8566-4492-B6D8-CB2234C01926}"/>
+              <c16:uniqueId val="{00000000-B382-4E64-AD85-3F6BCF1AF44B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3284,51 +3287,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-8566-4492-B6D8-CB2234C01926}"/>
+              <c16:uniqueId val="{00000001-B382-4E64-AD85-3F6BCF1AF44B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3391,51 +3394,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-8566-4492-B6D8-CB2234C01926}"/>
+              <c16:uniqueId val="{00000002-B382-4E64-AD85-3F6BCF1AF44B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087512"/>
         <c:axId val="618088296"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087512"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3767,51 +3770,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-F283-4357-A8C0-556AB25ADBB4}"/>
+              <c16:uniqueId val="{00000000-3ABA-460E-A389-50E3A6E51936}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3874,51 +3877,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-F283-4357-A8C0-556AB25ADBB4}"/>
+              <c16:uniqueId val="{00000001-3ABA-460E-A389-50E3A6E51936}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3981,51 +3984,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-F283-4357-A8C0-556AB25ADBB4}"/>
+              <c16:uniqueId val="{00000002-3ABA-460E-A389-50E3A6E51936}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618090256"/>
         <c:axId val="618089472"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618090256"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4376,51 +4379,51 @@
                 <c:v>23946.02881797513</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24844.993118947001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>20362.352429250481</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>22219.333832404296</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>22520.857583377918</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24097.654246493654</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24041.287487443627</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-656A-4FAF-B021-BF93877DE54B}"/>
+              <c16:uniqueId val="{00000000-AE6F-47E9-98C8-A22806A2F70E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4441,66 +4444,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>24291.651284111002</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>24834.5671249355</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>24982.146430078399</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>25886.139217095799</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-656A-4FAF-B021-BF93877DE54B}"/>
+              <c16:uniqueId val="{00000001-AE6F-47E9-98C8-A22806A2F70E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618096136"/>
         <c:axId val="618094960"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618096136"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4741,52 +4747,52 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1275" b="1" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Verdana"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU"/>
               <a:t>NSW Milk Production - North Coast Region
 2024/25 &amp; 2025/26</a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.25000011930326893"/>
-          <c:y val="8.6956521739130436E-3"/>
+          <c:x val="0.2472107095399686"/>
+          <c:y val="1.307440018273578E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="6.9318220280440046E-2"/>
           <c:y val="0.1582608695652174"/>
           <c:w val="0.87840957830787147"/>
           <c:h val="0.68521739130434778"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
@@ -4872,51 +4878,51 @@
                 <c:v>19501.115370657812</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>18553.434045050093</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>16792.887520823526</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>17260.058477358416</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>15874.776862756229</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>15548.576551561402</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>15518.887952068568</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-8974-498F-BCC8-67D59604B5D1}"/>
+              <c16:uniqueId val="{00000000-48D4-410B-8081-A2738AF36838}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4937,66 +4943,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>18283.972859038899</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>19261.845829999998</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>20984.4097259542</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>21877.035970331399</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-8974-498F-BCC8-67D59604B5D1}"/>
+              <c16:uniqueId val="{00000001-48D4-410B-8081-A2738AF36838}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618095352"/>
         <c:axId val="618093392"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618095352"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5367,51 +5376,51 @@
                 <c:v>49636.36202130231</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>47489.202656221001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>41336.038081889856</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43500.782605650405</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>42370.407783754548</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>44478.03346145511</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43566.632181470966</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-6E0B-4227-9950-B85D93B4140E}"/>
+              <c16:uniqueId val="{00000000-2438-4786-8EC0-D64FBFBC3D73}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5432,66 +5441,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>47557.332000000002</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>51139.671308522098</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>52352.202111384802</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>55597.850232303797</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-6E0B-4227-9950-B85D93B4140E}"/>
+              <c16:uniqueId val="{00000001-2438-4786-8EC0-D64FBFBC3D73}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618093784"/>
         <c:axId val="618094176"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618093784"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5843,51 +5855,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D111-49DC-855C-47526F4FC254}"/>
+              <c16:uniqueId val="{00000000-1E06-4188-84D5-9F5928E52E16}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5950,51 +5962,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D111-49DC-855C-47526F4FC254}"/>
+              <c16:uniqueId val="{00000001-1E06-4188-84D5-9F5928E52E16}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6057,51 +6069,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-D111-49DC-855C-47526F4FC254}"/>
+              <c16:uniqueId val="{00000002-1E06-4188-84D5-9F5928E52E16}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291207184"/>
         <c:axId val="1291200912"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291207184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6433,51 +6445,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-E475-43FE-9DD9-E59A6AC05EE9}"/>
+              <c16:uniqueId val="{00000000-5B7C-4CCA-A155-3ABBBE1739FB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6540,51 +6552,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-E475-43FE-9DD9-E59A6AC05EE9}"/>
+              <c16:uniqueId val="{00000001-5B7C-4CCA-A155-3ABBBE1739FB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6647,51 +6659,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-E475-43FE-9DD9-E59A6AC05EE9}"/>
+              <c16:uniqueId val="{00000002-5B7C-4CCA-A155-3ABBBE1739FB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618079672"/>
         <c:axId val="618082808"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618079672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7023,51 +7035,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-6389-4A14-B95C-28808194AD2D}"/>
+              <c16:uniqueId val="{00000000-9547-4269-8F7A-82E18B321B3A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7130,51 +7142,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-6389-4A14-B95C-28808194AD2D}"/>
+              <c16:uniqueId val="{00000001-9547-4269-8F7A-82E18B321B3A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7237,51 +7249,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-6389-4A14-B95C-28808194AD2D}"/>
+              <c16:uniqueId val="{00000002-9547-4269-8F7A-82E18B321B3A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618083592"/>
         <c:axId val="618088688"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618083592"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7613,51 +7625,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-8024-4ADB-BC39-38016803E346}"/>
+              <c16:uniqueId val="{00000000-95F6-43CB-97D3-D2BA948D051A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7720,51 +7732,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-8024-4ADB-BC39-38016803E346}"/>
+              <c16:uniqueId val="{00000001-95F6-43CB-97D3-D2BA948D051A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7827,51 +7839,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-8024-4ADB-BC39-38016803E346}"/>
+              <c16:uniqueId val="{00000002-95F6-43CB-97D3-D2BA948D051A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618082416"/>
         <c:axId val="618080848"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618082416"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8203,51 +8215,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-6612-4241-AF50-D184E8FDBEEA}"/>
+              <c16:uniqueId val="{00000000-F403-4555-8D1F-24CC28917914}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8310,51 +8322,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-6612-4241-AF50-D184E8FDBEEA}"/>
+              <c16:uniqueId val="{00000001-F403-4555-8D1F-24CC28917914}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8417,51 +8429,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-6612-4241-AF50-D184E8FDBEEA}"/>
+              <c16:uniqueId val="{00000002-F403-4555-8D1F-24CC28917914}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618080064"/>
         <c:axId val="618076928"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618080064"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8793,51 +8805,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-43D7-4AAE-9E1D-A47BD44CB05D}"/>
+              <c16:uniqueId val="{00000000-DB11-4C49-9862-E69196525D9C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8900,51 +8912,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-43D7-4AAE-9E1D-A47BD44CB05D}"/>
+              <c16:uniqueId val="{00000001-DB11-4C49-9862-E69196525D9C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9007,51 +9019,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-43D7-4AAE-9E1D-A47BD44CB05D}"/>
+              <c16:uniqueId val="{00000002-DB11-4C49-9862-E69196525D9C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618081240"/>
         <c:axId val="618081632"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618081240"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9383,51 +9395,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-5307-44CE-B586-47AB02A49734}"/>
+              <c16:uniqueId val="{00000000-4ABE-4A29-A879-2572377F17B1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9490,51 +9502,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-5307-44CE-B586-47AB02A49734}"/>
+              <c16:uniqueId val="{00000001-4ABE-4A29-A879-2572377F17B1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9597,51 +9609,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-5307-44CE-B586-47AB02A49734}"/>
+              <c16:uniqueId val="{00000002-4ABE-4A29-A879-2572377F17B1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087904"/>
         <c:axId val="618078104"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087904"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9973,51 +9985,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2527-42F9-875B-6F99B7631A30}"/>
+              <c16:uniqueId val="{00000000-3100-41B6-8B4C-DFE47EF25B16}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10080,51 +10092,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2527-42F9-875B-6F99B7631A30}"/>
+              <c16:uniqueId val="{00000001-3100-41B6-8B4C-DFE47EF25B16}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10187,51 +10199,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2527-42F9-875B-6F99B7631A30}"/>
+              <c16:uniqueId val="{00000002-3100-41B6-8B4C-DFE47EF25B16}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618078496"/>
         <c:axId val="618085160"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618078496"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -10509,51 +10521,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3588BA9-7609-47DB-BB13-627767FDA895}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4743045F-97C8-4035-BA22-42025A17ABA5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="7023100" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -10563,51 +10575,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>6350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>431800</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>38220</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B81B58B-EA2A-411B-B96E-4A902391B1C7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96D088BA-DA27-4663-933C-892A5385E3C8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6350" y="0"/>
           <a:ext cx="1498600" cy="812920"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -11066,670 +11078,670 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>491066</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>84667</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>18258</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3851BE55-4235-4CE0-9040-8FB6E6192D1A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3FF6651-E84E-485B-A0E5-71872C21CD3E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9412816" y="84667"/>
           <a:ext cx="1781442" cy="956733"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7ADA21F-54AA-481A-8394-7C3F4D91DB46}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{255F58EF-4113-46FB-827E-EDC7E22CED73}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DC074B8-B50A-4EFD-9504-D1E49DD8B4BA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48576B49-9B4C-46C4-BE88-080E33B78414}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BD537F0-70ED-42D8-991B-3D5F70F97F5F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{096D8B21-C218-49F6-9FC7-E7FAE7840025}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE358009-CD83-4DF7-B0BD-0E6FA5830C78}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE9191F5-167A-427C-8277-4CF40C5F1BC5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76956609-7243-46F9-8B0C-26BFA0206C65}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7B95064-0F18-4825-83CF-D7BFDC678E6F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5204086C-E2E3-46C6-8736-1671F11728AE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8C3B041-2262-4EDE-BDCD-FCED5635920F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F35588B-BACB-4F5F-940D-B018C0EE9CDB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2468031-1D74-4A22-A412-80CAAA73C0B5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9518274D-867B-4E66-B90C-6B412DD3BC3A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75D00A64-BF45-44B0-836D-E3AF08703ED7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0699DE63-806E-4189-B41F-B939B221E1BB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ECFEEF5-BEAA-4B66-A1D6-1704E152ECBC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F13F70E-C35D-4B1C-9661-177396F33226}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55A145CA-5F5D-4091-9AF4-9D2D5578E103}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2206C52-4E8C-4B2C-9942-8598B114FF84}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7CC160E-06B2-4701-ABC2-A53098CFFE4A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B09A71D-C778-4DDB-831E-B031BB7C7C7A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CE9211B-20B3-48AB-8BA4-3F5D912B9EC0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53147F4B-AC0A-4B3A-A73F-31FC5FF39F68}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC47546-A546-4FBA-BF79-F7D8207A8B74}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="15" name="Chart 27">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55A19ADC-BBA4-47BD-B70C-EE8914F33E08}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B014FA0E-87D2-4EBD-995B-D3D7B8F666AF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>85</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>314325</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="16" name="Chart 29">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A42FE878-F3B1-4653-99EF-E0577274170E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC234B4E-4CF6-4EEB-A7C2-C9A27AFC4B72}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="17" name="Chart 31">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4711F313-3061-4A7D-8CA4-1A5433967DBA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA760A23-C2DE-4432-9701-4B2C928CAEB2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
@@ -12280,58 +12292,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A51CB5CC-8DAF-4A5C-BC63-EAD9F312DCD8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{254D155C-4EF4-47FC-AB6E-0A7805171AE5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="A6" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="70" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="71" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="70" customWidth="1"/>
     <col min="4" max="7" width="14.61328125" style="127" customWidth="1"/>
     <col min="8" max="16384" width="9" style="70"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D1" s="72"/>
       <c r="E1" s="72"/>
       <c r="F1" s="72"/>
       <c r="G1" s="72"/>
     </row>
     <row r="2" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="D2" s="73" t="s">
         <v>28</v>
       </c>
       <c r="E2" s="73"/>
       <c r="F2" s="73"/>
       <c r="G2" s="73"/>
     </row>
@@ -12357,363 +12369,363 @@
       <c r="G5" s="78"/>
     </row>
     <row r="6" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B6" s="71"/>
       <c r="D6" s="79" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="80" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="80" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="81" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="82" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="83" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="84">
-        <v>23453.692430078401</v>
+        <v>25195.909217095799</v>
       </c>
       <c r="E7" s="85">
-        <v>22186.059725954197</v>
+        <v>22574.828685331377</v>
       </c>
       <c r="F7" s="85">
-        <v>45911.950111384846</v>
+        <v>48444.076232303756</v>
       </c>
       <c r="G7" s="86">
-        <v>91551.702267417451</v>
+        <v>96214.814134730928</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="87"/>
       <c r="B8" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="89">
-        <v>24691.251430078402</v>
+        <v>25500.742217095798</v>
       </c>
       <c r="E8" s="85">
-        <v>22339.739725954198</v>
+        <v>23062.689685331381</v>
       </c>
       <c r="F8" s="85">
-        <v>50309.101111384844</v>
+        <v>53206.59923230375</v>
       </c>
       <c r="G8" s="90">
-        <v>97340.092267417436</v>
+        <v>101770.03113473093</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="91"/>
       <c r="B9" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="89">
-        <v>24982.146430078403</v>
+        <v>25886.139217095799</v>
       </c>
       <c r="E9" s="85">
-        <v>20984.409725954192</v>
+        <v>21877.035970331373</v>
       </c>
       <c r="F9" s="85">
-        <v>52352.202111384846</v>
+        <v>55597.850232303754</v>
       </c>
       <c r="G9" s="90">
-        <v>98318.758267417434</v>
+        <v>103361.02541973093</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="91"/>
       <c r="B10" s="92"/>
       <c r="C10" s="93"/>
       <c r="D10" s="94"/>
       <c r="E10" s="95"/>
       <c r="F10" s="95"/>
       <c r="G10" s="96"/>
     </row>
     <row r="11" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="97"/>
       <c r="B11" s="92" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="98">
         <f>(D9-D8)/D8</f>
-        <v>1.1781298360829043E-2</v>
+        <v>1.5113167950916707E-2</v>
       </c>
       <c r="E11" s="95">
         <f>(E9-E8)/E8</f>
-        <v>-6.0669014797222087E-2</v>
+        <v>-5.1410036347760507E-2</v>
       </c>
       <c r="F11" s="95">
         <f>(F9-F8)/F8</f>
-        <v>4.0610962129427768E-2</v>
+        <v>4.494275211162499E-2</v>
       </c>
       <c r="G11" s="96">
         <f>(G9-G8)/G8</f>
-        <v>1.005408950416195E-2</v>
+        <v>1.5633229814911952E-2</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="97"/>
       <c r="B12" s="99"/>
       <c r="D12" s="100"/>
       <c r="G12" s="99"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="91"/>
       <c r="B13" s="88"/>
       <c r="D13" s="89"/>
       <c r="E13" s="85"/>
       <c r="F13" s="85"/>
       <c r="G13" s="90"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="101" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="102" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="103">
         <f>D8/$G$8</f>
-        <v>0.25365962631559252</v>
+        <v>0.25057221593394197</v>
       </c>
       <c r="E14" s="104">
         <f>E8/$G$8</f>
-        <v>0.22950193702900321</v>
+        <v>0.22661572791305559</v>
       </c>
       <c r="F14" s="104">
         <f>F8/$G$8</f>
-        <v>0.51683843665540441</v>
+        <v>0.52281205615300241</v>
       </c>
       <c r="G14" s="105">
         <f>G8/$G$8</f>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="91"/>
       <c r="B15" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="106">
         <f>D9/$G$9</f>
-        <v>0.25409338838606366</v>
+        <v>0.25044390873616768</v>
       </c>
       <c r="E15" s="107">
         <f>E9/$G$9</f>
-        <v>0.21343241204164362</v>
+        <v>0.21165652992985104</v>
       </c>
       <c r="F15" s="107">
         <f>F9/$G$9</f>
-        <v>0.53247419957229281</v>
+        <v>0.53789956133398131</v>
       </c>
       <c r="G15" s="108">
         <f>G9/$G$9</f>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="109"/>
       <c r="B16" s="110"/>
       <c r="C16" s="111"/>
       <c r="D16" s="112"/>
       <c r="E16" s="113"/>
       <c r="F16" s="113"/>
       <c r="G16" s="114"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="87"/>
       <c r="D17" s="85"/>
       <c r="E17" s="85"/>
       <c r="F17" s="85"/>
       <c r="G17" s="115"/>
     </row>
     <row r="18" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B18" s="71"/>
       <c r="D18" s="79" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="80" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="80" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="81" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="82" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="83" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="116">
-        <v>70704.095839124944</v>
+        <v>95900.005056220762</v>
       </c>
       <c r="E19" s="85">
-        <v>63067.259596993128</v>
+        <v>85642.08828232449</v>
       </c>
       <c r="F19" s="85">
-        <v>132553.51312760176</v>
+        <v>180997.58935990548</v>
       </c>
       <c r="G19" s="117">
-        <v>266324.86856371979</v>
+        <v>362539.68269845075</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="87"/>
       <c r="B20" s="88" t="s">
         <v>47</v>
       </c>
       <c r="D20" s="89">
-        <v>73836.074839124965</v>
+        <v>99336.817056220767</v>
       </c>
       <c r="E20" s="85">
-        <v>62922.533414993137</v>
+        <v>85985.223100324525</v>
       </c>
       <c r="F20" s="85">
-        <v>143850.85141990701</v>
+        <v>197057.45065221074</v>
       </c>
       <c r="G20" s="90">
-        <v>280609.45967402507</v>
+        <v>382379.49080875603</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="91"/>
       <c r="B21" s="88" t="s">
         <v>48</v>
       </c>
       <c r="D21" s="89">
-        <v>74108.364839124959</v>
+        <v>99994.504056220772</v>
       </c>
       <c r="E21" s="85">
-        <v>58530.228414993129</v>
+        <v>80407.264385324495</v>
       </c>
       <c r="F21" s="85">
-        <v>151049.205419907</v>
+        <v>206647.05565221075</v>
       </c>
       <c r="G21" s="90">
-        <v>283687.79867402511</v>
+        <v>387048.82409375603</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="91"/>
       <c r="B22" s="92"/>
       <c r="C22" s="93"/>
       <c r="D22" s="94"/>
       <c r="E22" s="95"/>
       <c r="F22" s="95"/>
       <c r="G22" s="96"/>
     </row>
     <row r="23" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="97"/>
       <c r="B23" s="92" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="98">
         <f>(D21-D20)/D20</f>
-        <v>3.6877637468305663E-3</v>
+        <v>6.6207778695765952E-3</v>
       </c>
       <c r="E23" s="95">
         <f>(E21-E20)/E20</f>
-        <v>-6.980496114216235E-2</v>
+        <v>-6.4871131502349702E-2</v>
       </c>
       <c r="F23" s="95">
         <f>(F21-F20)/F20</f>
-        <v>5.0040398989281462E-2</v>
+        <v>4.8664006198501114E-2</v>
       </c>
       <c r="G23" s="96">
         <f>(G21-G20)/G20</f>
-        <v>1.0970189684895311E-2</v>
+        <v>1.2211254518708822E-2</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="97"/>
       <c r="B24" s="99"/>
       <c r="D24" s="100"/>
       <c r="G24" s="99"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="91"/>
       <c r="B25" s="88"/>
       <c r="D25" s="89"/>
       <c r="E25" s="85"/>
       <c r="F25" s="85"/>
       <c r="G25" s="90"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="101" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="102" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="118"/>
       <c r="D26" s="103">
         <f>D20/$G$20</f>
-        <v>0.26312753292386487</v>
+        <v>0.25978594418366246</v>
       </c>
       <c r="E26" s="104">
         <f>E20/$G$20</f>
-        <v>0.224235253822477</v>
+        <v>0.22486881531867861</v>
       </c>
       <c r="F26" s="104">
         <f>F20/$G$20</f>
-        <v>0.5126372132536583</v>
+        <v>0.51534524049765895</v>
       </c>
       <c r="G26" s="105">
         <f>G20/$G$20</f>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="91"/>
       <c r="B27" s="88" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="106">
         <f>D21/$G$21</f>
-        <v>0.26123211920115069</v>
+        <v>0.25835113771589396</v>
       </c>
       <c r="E27" s="107">
         <f>E21/$G$21</f>
-        <v>0.20631916031837519</v>
+        <v>0.20774449986662974</v>
       </c>
       <c r="F27" s="107">
         <f>F21/$G$21</f>
-        <v>0.53244872048047409</v>
+        <v>0.5339043624174763</v>
       </c>
       <c r="G27" s="108">
         <f>G21/$G$21</f>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="109"/>
       <c r="B28" s="110"/>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="114"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A29" s="87"/>
       <c r="D29" s="85"/>
       <c r="E29" s="85"/>
       <c r="F29" s="85"/>
       <c r="G29" s="115"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D30" s="119" t="s">
         <v>2</v>
@@ -12785,263 +12797,263 @@
     </row>
     <row r="36" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="37" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B37" s="71"/>
       <c r="D37" s="119" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="120" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="128" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="121" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="101" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="129" t="s">
         <v>42</v>
       </c>
       <c r="D38" s="130">
-        <v>3.8636228945827397E-2</v>
+        <v>3.8660597931841144E-2</v>
       </c>
       <c r="E38" s="131">
-        <v>4.0135461080827037E-2</v>
+        <v>4.0367221188794364E-2</v>
       </c>
       <c r="F38" s="131">
-        <v>4.0285674910891509E-2</v>
+        <v>4.0547227143611884E-2</v>
       </c>
       <c r="G38" s="132">
-        <v>3.9826718383492478E-2</v>
+        <v>4.0010938190580318E-2</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="91"/>
       <c r="B39" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D39" s="133">
-        <v>4.0188941948268719E-2</v>
+        <v>3.9994318678519734E-2</v>
       </c>
       <c r="E39" s="134">
-        <v>4.0666904351283138E-2</v>
+        <v>4.0828149391387097E-2</v>
       </c>
       <c r="F39" s="134">
-        <v>4.0685229395782688E-2</v>
+        <v>4.0602875371182207E-2</v>
       </c>
       <c r="G39" s="135">
-        <v>4.0555135674092392E-2</v>
+        <v>4.050143860824898E-2</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="91"/>
       <c r="B40" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D40" s="133">
-        <v>3.9821165372554666E-2</v>
+        <v>3.9788943269264625E-2</v>
       </c>
       <c r="E40" s="134">
-        <v>4.001874499377911E-2</v>
+        <v>3.9901820659057473E-2</v>
       </c>
       <c r="F40" s="134">
-        <v>4.0481402585574228E-2</v>
+        <v>4.0634614561787838E-2</v>
       </c>
       <c r="G40" s="135">
-        <v>4.0214894549213308E-2</v>
+        <v>4.0267720723176692E-2</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="136"/>
       <c r="B41" s="137" t="s">
         <v>45</v>
       </c>
       <c r="D41" s="138">
         <f>(D40-D39)/D39</f>
-        <v>-9.1511883091487129E-3</v>
+        <v>-5.135114587297953E-3</v>
       </c>
       <c r="E41" s="139">
         <f>(E40-E39)/E39</f>
-        <v>-1.5938251702298008E-2</v>
+        <v>-2.2688481994362405E-2</v>
       </c>
       <c r="F41" s="139">
         <f>(F40-F39)/F39</f>
-        <v>-5.009847879328613E-3</v>
+        <v>7.8169810180877403E-4</v>
       </c>
       <c r="G41" s="140">
         <f>(G40-G39)/G39</f>
-        <v>-8.3895940482930902E-3</v>
+        <v>-5.7706069982582297E-3</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B43" s="71"/>
       <c r="D43" s="119" t="s">
         <v>2</v>
       </c>
       <c r="E43" s="120" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="120" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="121" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="101" t="s">
         <v>36</v>
       </c>
       <c r="B44" s="129" t="s">
         <v>42</v>
       </c>
       <c r="D44" s="130">
-        <v>3.3563642842148106E-2</v>
+        <v>3.2882510190828926E-2</v>
       </c>
       <c r="E44" s="131">
-        <v>3.3333497680223603E-2</v>
+        <v>3.2810503650372462E-2</v>
       </c>
       <c r="F44" s="131">
-        <v>3.408249168031844E-2</v>
+        <v>3.3633535628121679E-2</v>
       </c>
       <c r="G44" s="132">
-        <v>3.3768066650791913E-2</v>
+        <v>3.3243755998287543E-2</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="91"/>
       <c r="B45" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D45" s="133">
-        <v>3.3791376245772359E-2</v>
+        <v>3.3417084622229594E-2</v>
       </c>
       <c r="E45" s="134">
-        <v>3.400111539911653E-2</v>
+        <v>3.3634104762722633E-2</v>
       </c>
       <c r="F45" s="134">
-        <v>3.4299587344604213E-2</v>
+        <v>3.40167939812955E-2</v>
       </c>
       <c r="G45" s="135">
-        <v>3.4102174817546856E-2</v>
+        <v>3.3779800082446666E-2</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="91"/>
       <c r="B46" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D46" s="133">
-        <v>3.4183965394764676E-2</v>
+        <v>3.375521711716982E-2</v>
       </c>
       <c r="E46" s="134">
-        <v>3.394990265212245E-2</v>
+        <v>3.3244259001672306E-2</v>
       </c>
       <c r="F46" s="134">
-        <v>3.4406608863674831E-2</v>
+        <v>3.406071006915197E-2</v>
       </c>
       <c r="G46" s="135">
-        <v>3.4252560721931405E-2</v>
+        <v>3.381139402036594E-2</v>
       </c>
     </row>
     <row r="47" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="136"/>
       <c r="B47" s="137" t="s">
         <v>45</v>
       </c>
       <c r="D47" s="138">
         <f>(D46-D45)/D45</f>
-        <v>1.1618027810910309E-2</v>
+        <v>1.0118551596068746E-2</v>
       </c>
       <c r="E47" s="139">
         <f>(E46-E45)/E45</f>
-        <v>-1.5062078520932953E-3</v>
+        <v>-1.1590787499788036E-2</v>
       </c>
       <c r="F47" s="139">
         <f>(F46-F45)/F45</f>
-        <v>3.1201984442373928E-3</v>
+        <v>1.2910119595814303E-3</v>
       </c>
       <c r="G47" s="140">
         <f>(G46-G45)/G45</f>
-        <v>4.4098625729632373E-3</v>
+        <v>9.3529084962497657E-4</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A48" s="141" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49" s="141" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50" s="141" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A52" s="142" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A53" s="142" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="D35:G35"/>
   </mergeCells>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.86614173228346458" bottom="0.98425196850393704" header="0.82677165354330717" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD0D8748-84DA-43D1-B713-95D04376F62C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32E6C8F1-A45F-4BA8-B3B7-C553CBD30374}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S56"/>
   <sheetViews>
-    <sheetView topLeftCell="A5" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="Q18" sqref="Q18"/>
+    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.61328125" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="7" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="7" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="6" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="7" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="6" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="7" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.3">
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -13552,135 +13564,143 @@
     <row r="19" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="44"/>
       <c r="D19" s="43"/>
       <c r="E19" s="40"/>
       <c r="F19" s="41"/>
       <c r="G19" s="42"/>
       <c r="H19" s="43"/>
       <c r="I19" s="40"/>
       <c r="J19" s="41"/>
       <c r="L19" s="43"/>
       <c r="M19" s="40"/>
       <c r="N19" s="41"/>
       <c r="P19" s="43"/>
       <c r="Q19" s="40"/>
       <c r="R19" s="41"/>
     </row>
     <row r="20" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="37" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="38"/>
       <c r="C20" s="39"/>
       <c r="D20" s="40">
         <v>25.500742217095798</v>
       </c>
-      <c r="E20" s="40"/>
-      <c r="F20" s="41" t="str">
+      <c r="E20" s="40">
+        <v>25.886139217095799</v>
+      </c>
+      <c r="F20" s="41">
         <f>IF(D20="","",IF(E20="","",IF(D20=0,0,IF(E20=0,0,(E20-D20)/D20))))</f>
-        <v/>
+        <v>1.5113167950916715E-2</v>
       </c>
       <c r="G20" s="42"/>
       <c r="H20" s="43">
         <v>23.062689685331378</v>
       </c>
-      <c r="I20" s="40"/>
-      <c r="J20" s="41" t="str">
+      <c r="I20" s="40">
+        <v>21.877035970331381</v>
+      </c>
+      <c r="J20" s="41">
         <f>IF(H20="","",IF(I20="","",IF(H20=0,0,IF(I20=0,0,(I20-H20)/H20))))</f>
-        <v/>
+        <v>-5.1410036347760063E-2</v>
       </c>
       <c r="L20" s="43">
         <v>53.206599232303752</v>
       </c>
-      <c r="M20" s="40"/>
-      <c r="N20" s="41" t="str">
+      <c r="M20" s="40">
+        <v>55.597850232303756</v>
+      </c>
+      <c r="N20" s="41">
         <f>IF(L20="","",IF(M20="","",IF(L20=0,0,IF(M20=0,0,(M20-L20)/L20))))</f>
-        <v/>
+        <v>4.494275211162499E-2</v>
       </c>
       <c r="P20" s="43">
         <v>101.77003113473091</v>
       </c>
-      <c r="Q20" s="40"/>
-      <c r="R20" s="41" t="str">
+      <c r="Q20" s="40">
+        <v>103.36102541973094</v>
+      </c>
+      <c r="R20" s="41">
         <f>IF(P20="","",IF(Q20="","",IF(P20=0,0,IF(Q20=0,0,(Q20-P20)/P20))))</f>
-        <v/>
+        <v>1.5633229814912237E-2</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="44"/>
       <c r="B21" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="46"/>
       <c r="D21" s="40">
         <f>IF(D20="","",D20+D18)</f>
         <v>99.336817056220752</v>
       </c>
-      <c r="E21" s="40" t="str">
+      <c r="E21" s="40">
         <f>IF(E20="","",E20+E18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F21" s="41" t="str">
+        <v>99.994504056220762</v>
+      </c>
+      <c r="F21" s="41">
         <f>IF(D21="","",IF(E21="","",IF(D21=0,0,IF(E21=0,0,(E21-D21)/D21))))</f>
-        <v/>
+        <v>6.620777869576642E-3</v>
       </c>
       <c r="G21" s="42"/>
       <c r="H21" s="43">
         <f>IF(H20="","",H20+H18)</f>
         <v>85.985223100324504</v>
       </c>
-      <c r="I21" s="40" t="str">
+      <c r="I21" s="40">
         <f>IF(I20="","",I20+I18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J21" s="41" t="str">
+        <v>80.407264385324495</v>
+      </c>
+      <c r="J21" s="41">
         <f>IF(H21="","",IF(I21="","",IF(H21=0,0,IF(I21=0,0,(I21-H21)/H21))))</f>
-        <v/>
+        <v>-6.4871131502349466E-2</v>
       </c>
       <c r="L21" s="43">
         <f>IF(L20="","",L20+L18)</f>
         <v>197.05745065221075</v>
       </c>
-      <c r="M21" s="40" t="str">
+      <c r="M21" s="40">
         <f>IF(M20="","",M20+M18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N21" s="41" t="str">
+        <v>206.64705565221075</v>
+      </c>
+      <c r="N21" s="41">
         <f>IF(L21="","",IF(M21="","",IF(L21=0,0,IF(M21=0,0,(M21-L21)/L21))))</f>
-        <v/>
+        <v>4.8664006198501086E-2</v>
       </c>
       <c r="P21" s="43">
         <f>IF(P20="","",P20+P18)</f>
         <v>382.37949080875597</v>
       </c>
-      <c r="Q21" s="40" t="str">
+      <c r="Q21" s="40">
         <f>IF(Q20="","",Q20+Q18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R21" s="41" t="str">
+        <v>387.04882409375602</v>
+      </c>
+      <c r="R21" s="41">
         <f>IF(P21="","",IF(Q21="","",IF(P21=0,0,IF(Q21=0,0,(Q21-P21)/P21))))</f>
-        <v/>
+        <v>1.2211254518708954E-2</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="44"/>
       <c r="D22" s="43"/>
       <c r="E22" s="40"/>
       <c r="F22" s="41"/>
       <c r="G22" s="42"/>
       <c r="H22" s="43"/>
       <c r="I22" s="40"/>
       <c r="J22" s="41"/>
       <c r="L22" s="43"/>
       <c r="M22" s="40"/>
       <c r="N22" s="41"/>
       <c r="P22" s="43"/>
       <c r="Q22" s="40"/>
       <c r="R22" s="41"/>
     </row>
     <row r="23" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="38"/>
       <c r="C23" s="47"/>
       <c r="D23" s="43">
@@ -14712,55 +14732,55 @@
     <row r="55" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="H4:J4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBA8E373-A40F-45C8-B094-713E37013F5B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD937004-F646-4AD6-BC25-8B8139A23CCA}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A112" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q18" sqref="Q18"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>