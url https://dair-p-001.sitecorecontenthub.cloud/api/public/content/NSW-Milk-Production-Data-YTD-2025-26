--- v1 (2025-12-16)
+++ v2 (2026-02-09)
@@ -39,343 +39,343 @@
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DCB2D8EF-5A46-4AED-80D5-592BFBE200B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{54A19346-DFD2-4822-B358-79FE849BF445}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{E06F0FE2-2B12-4C29-8573-9A5D85890FD6}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{787810C8-9A57-4929-98B0-EB8C2082B6BA}"/>
   </bookViews>
   <sheets>
     <sheet name="NSW" sheetId="2" r:id="rId1"/>
     <sheet name="NSW Monthly" sheetId="1" r:id="rId2"/>
     <sheet name="NSW Graphs" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">NSW!$A$1:$G$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'NSW Monthly'!$A$1:$S$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F47" i="2" l="1"/>
+  <c r="G47" i="2" l="1"/>
+  <c r="F47" i="2"/>
   <c r="E47" i="2"/>
   <c r="D47" i="2"/>
-  <c r="G47" i="2"/>
   <c r="G41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
   <c r="D41" i="2"/>
   <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
   <c r="D32" i="2"/>
+  <c r="D27" i="2"/>
   <c r="D26" i="2"/>
   <c r="G23" i="2"/>
-  <c r="F27" i="2"/>
-[...1 lines deleted...]
-  <c r="D27" i="2"/>
+  <c r="F23" i="2"/>
+  <c r="E23" i="2"/>
+  <c r="D23" i="2"/>
   <c r="B23" i="2"/>
   <c r="G26" i="2"/>
   <c r="F26" i="2"/>
   <c r="E26" i="2"/>
   <c r="E15" i="2"/>
-  <c r="G14" i="2"/>
   <c r="D11" i="2"/>
   <c r="D15" i="2"/>
   <c r="F11" i="2"/>
   <c r="E11" i="2"/>
-  <c r="F14" i="2"/>
+  <c r="G14" i="2"/>
   <c r="E14" i="2"/>
   <c r="D14" i="2"/>
-  <c r="E49" i="1"/>
+  <c r="I49" i="1"/>
   <c r="Q47" i="1"/>
   <c r="Q49" i="1" s="1"/>
+  <c r="I47" i="1"/>
   <c r="E47" i="1"/>
+  <c r="E49" i="1" s="1"/>
   <c r="Q45" i="1"/>
   <c r="M45" i="1"/>
   <c r="M47" i="1" s="1"/>
   <c r="M49" i="1" s="1"/>
   <c r="I45" i="1"/>
-  <c r="I47" i="1" s="1"/>
-  <c r="I49" i="1" s="1"/>
   <c r="E45" i="1"/>
   <c r="R44" i="1"/>
-  <c r="J44" i="1"/>
   <c r="F44" i="1"/>
   <c r="Q42" i="1"/>
   <c r="M42" i="1"/>
   <c r="I42" i="1"/>
   <c r="E42" i="1"/>
   <c r="R41" i="1"/>
   <c r="N41" i="1"/>
   <c r="J41" i="1"/>
   <c r="F41" i="1"/>
   <c r="Q39" i="1"/>
   <c r="M39" i="1"/>
   <c r="I39" i="1"/>
   <c r="E39" i="1"/>
   <c r="R38" i="1"/>
   <c r="N38" i="1"/>
   <c r="F38" i="1"/>
   <c r="Q36" i="1"/>
   <c r="M36" i="1"/>
   <c r="I36" i="1"/>
   <c r="E36" i="1"/>
+  <c r="R35" i="1"/>
   <c r="N35" i="1"/>
   <c r="J35" i="1"/>
   <c r="F35" i="1"/>
   <c r="Q33" i="1"/>
   <c r="M33" i="1"/>
   <c r="I33" i="1"/>
   <c r="R32" i="1"/>
   <c r="N32" i="1"/>
   <c r="J32" i="1"/>
+  <c r="F32" i="1"/>
   <c r="M30" i="1"/>
   <c r="I30" i="1"/>
   <c r="E30" i="1"/>
   <c r="R29" i="1"/>
   <c r="F29" i="1"/>
+  <c r="R26" i="1"/>
   <c r="Q27" i="1"/>
-  <c r="M27" i="1"/>
-[...2 lines deleted...]
-  <c r="R26" i="1"/>
   <c r="N26" i="1"/>
   <c r="J26" i="1"/>
   <c r="F26" i="1"/>
-  <c r="Q24" i="1"/>
-[...2 lines deleted...]
-  <c r="E24" i="1"/>
   <c r="R23" i="1"/>
-  <c r="N23" i="1"/>
+  <c r="J23" i="1"/>
   <c r="F23" i="1"/>
+  <c r="R20" i="1"/>
   <c r="N20" i="1"/>
-  <c r="M21" i="1"/>
-[...1 lines deleted...]
-  <c r="J20" i="1"/>
+  <c r="I21" i="1"/>
+  <c r="I24" i="1" s="1"/>
+  <c r="I27" i="1" s="1"/>
+  <c r="H21" i="1"/>
+  <c r="J21" i="1" s="1"/>
   <c r="F20" i="1"/>
-  <c r="M18" i="1"/>
+  <c r="H18" i="1"/>
   <c r="R17" i="1"/>
-  <c r="L18" i="1"/>
-  <c r="N18" i="1" s="1"/>
+  <c r="N17" i="1"/>
   <c r="J17" i="1"/>
-  <c r="I18" i="1"/>
-[...6 lines deleted...]
-  <c r="I15" i="1"/>
+  <c r="D18" i="1"/>
   <c r="H15" i="1"/>
   <c r="J15" i="1" s="1"/>
-  <c r="R14" i="1"/>
+  <c r="D15" i="1"/>
+  <c r="Q15" i="1"/>
+  <c r="Q18" i="1" s="1"/>
+  <c r="Q21" i="1" s="1"/>
+  <c r="Q24" i="1" s="1"/>
+  <c r="P15" i="1"/>
+  <c r="R15" i="1" s="1"/>
   <c r="N14" i="1"/>
   <c r="J14" i="1"/>
+  <c r="F14" i="1"/>
+  <c r="Q12" i="1"/>
+  <c r="P12" i="1"/>
+  <c r="R12" i="1" s="1"/>
+  <c r="M12" i="1"/>
+  <c r="M15" i="1" s="1"/>
+  <c r="M18" i="1" s="1"/>
+  <c r="M21" i="1" s="1"/>
+  <c r="H12" i="1"/>
+  <c r="J12" i="1" s="1"/>
+  <c r="D12" i="1"/>
+  <c r="F12" i="1" s="1"/>
+  <c r="R11" i="1"/>
+  <c r="L12" i="1"/>
+  <c r="J11" i="1"/>
+  <c r="I12" i="1"/>
+  <c r="I15" i="1" s="1"/>
+  <c r="I18" i="1" s="1"/>
+  <c r="E12" i="1"/>
+  <c r="F11" i="1"/>
+  <c r="D21" i="1" l="1"/>
+  <c r="J18" i="1"/>
+  <c r="M27" i="1"/>
   <c r="E15" i="1"/>
   <c r="E18" i="1" s="1"/>
   <c r="E21" i="1" s="1"/>
-  <c r="D15" i="1"/>
-[...40 lines deleted...]
-  <c r="J23" i="1"/>
+  <c r="E24" i="1" s="1"/>
+  <c r="E27" i="1" s="1"/>
+  <c r="L15" i="1"/>
+  <c r="N12" i="1"/>
+  <c r="M24" i="1"/>
+  <c r="N23" i="1"/>
+  <c r="P21" i="1"/>
+  <c r="H27" i="1"/>
+  <c r="J27" i="1" s="1"/>
   <c r="N29" i="1"/>
   <c r="J38" i="1"/>
-  <c r="F32" i="1"/>
+  <c r="N44" i="1"/>
+  <c r="J20" i="1"/>
+  <c r="J29" i="1"/>
+  <c r="J44" i="1"/>
+  <c r="N11" i="1"/>
+  <c r="P18" i="1"/>
+  <c r="R18" i="1" s="1"/>
+  <c r="H24" i="1"/>
+  <c r="J24" i="1" s="1"/>
+  <c r="G27" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="R14" i="1"/>
+  <c r="G15" i="2"/>
   <c r="G11" i="2"/>
-  <c r="L27" i="1" l="1"/>
-[...11 lines deleted...]
-  <c r="J27" i="1"/>
+  <c r="E27" i="2"/>
+  <c r="F27" i="2"/>
+  <c r="F14" i="2"/>
+  <c r="F17" i="1"/>
+  <c r="F18" i="1" l="1"/>
+  <c r="D24" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="L18" i="1"/>
+  <c r="F15" i="1"/>
+  <c r="P24" i="1"/>
+  <c r="R21" i="1"/>
   <c r="H30" i="1"/>
-  <c r="F21" i="1"/>
-[...2 lines deleted...]
-  <c r="N30" i="1"/>
+  <c r="P27" i="1" l="1"/>
+  <c r="R24" i="1"/>
+  <c r="L21" i="1"/>
+  <c r="N18" i="1"/>
   <c r="F24" i="1"/>
   <c r="D27" i="1"/>
   <c r="J30" i="1"/>
   <c r="H33" i="1"/>
-  <c r="P24" i="1"/>
-[...5 lines deleted...]
-  <c r="H36" i="1"/>
+  <c r="H36" i="1" l="1"/>
   <c r="J33" i="1"/>
   <c r="F27" i="1"/>
   <c r="D30" i="1"/>
-  <c r="N36" i="1" l="1"/>
-  <c r="L39" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="L24" i="1"/>
+  <c r="R27" i="1"/>
+  <c r="P30" i="1"/>
+  <c r="P33" i="1" l="1"/>
+  <c r="R30" i="1"/>
+  <c r="N24" i="1"/>
+  <c r="L27" i="1"/>
   <c r="F30" i="1"/>
   <c r="D33" i="1"/>
   <c r="J36" i="1"/>
   <c r="H39" i="1"/>
-  <c r="R27" i="1"/>
-[...4 lines deleted...]
-  <c r="R30" i="1"/>
+  <c r="J39" i="1" l="1"/>
+  <c r="H42" i="1"/>
   <c r="F33" i="1"/>
   <c r="D36" i="1"/>
+  <c r="N27" i="1"/>
+  <c r="L30" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="R36" i="1" l="1"/>
+  <c r="P39" i="1"/>
+  <c r="L33" i="1"/>
+  <c r="N30" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="D39" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="H45" i="1"/>
+  <c r="J45" i="1" l="1"/>
+  <c r="H47" i="1"/>
+  <c r="F39" i="1"/>
+  <c r="D42" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="L36" i="1"/>
+  <c r="R39" i="1"/>
+  <c r="P42" i="1"/>
+  <c r="R42" i="1" l="1"/>
+  <c r="P45" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="L39" i="1"/>
+  <c r="D45" i="1"/>
+  <c r="F42" i="1"/>
+  <c r="J47" i="1"/>
+  <c r="D47" i="1" l="1"/>
+  <c r="F45" i="1"/>
   <c r="L42" i="1"/>
   <c r="N39" i="1"/>
-  <c r="N42" i="1" l="1"/>
+  <c r="P47" i="1"/>
+  <c r="R45" i="1"/>
+  <c r="P49" i="1" l="1"/>
+  <c r="R47" i="1"/>
+  <c r="H49" i="1"/>
+  <c r="N42" i="1"/>
   <c r="L45" i="1"/>
-  <c r="F36" i="1"/>
-[...12 lines deleted...]
-  <c r="D42" i="1"/>
+  <c r="F47" i="1"/>
+  <c r="D49" i="1"/>
+  <c r="L47" i="1" l="1"/>
+  <c r="N45" i="1"/>
   <c r="N47" i="1" l="1"/>
-  <c r="F42" i="1"/>
-[...14 lines deleted...]
-  <c r="H49" i="1"/>
   <c r="L49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="50">
   <si>
     <t>New South Wales Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>Inland/Central</t>
   </si>
   <si>
     <t>North Coast</t>
   </si>
   <si>
     <t>Southern</t>
   </si>
   <si>
     <t>Total NSW</t>
   </si>
   <si>
@@ -465,57 +465,57 @@
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>* Retrospective adjustments are possible if new or revised data is received.</t>
   </si>
   <si>
     <t>25/26 by Region</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t>NSW</t>
   </si>
   <si>
-    <t>October-23</t>
+    <t>December-23</t>
   </si>
   <si>
-    <t>October-24</t>
+    <t>December-24</t>
   </si>
   <si>
-    <t>October-25</t>
+    <t>December-25</t>
   </si>
   <si>
     <t>% change 24 &amp; 25</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
@@ -1264,51 +1264,51 @@
     <xf numFmtId="3" fontId="2" fillId="0" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{8AAF0DDB-DA7C-42C1-9092-9C27282738A6}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{8905D407-1F68-4350-A75D-D0933C78E61F}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1521,51 +1521,51 @@
                 <c:v>93083.506209935265</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>90887.629820218091</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>78491.278031963855</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>82980.17491541311</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>80766.042229888699</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>84124.264259510164</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>83126.807620983163</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-4B5A-4388-ADEA-B30FE432A3FF}"/>
+              <c16:uniqueId val="{00000000-1CAB-4E9A-B6AD-B0D2FDAFD449}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1586,69 +1586,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>90132.956143149902</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>95236.084263457698</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>98318.758267417405</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>103361.025419731</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>97593.408398226005</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>97017.318209935198</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-4B5A-4388-ADEA-B30FE432A3FF}"/>
+              <c16:uniqueId val="{00000001-1CAB-4E9A-B6AD-B0D2FDAFD449}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291204832"/>
         <c:axId val="1291205616"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291204832"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2000,51 +2006,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-223C-44C2-B31F-A7F85A4ADC3B}"/>
+              <c16:uniqueId val="{00000000-14BF-423A-882F-83278327321E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2107,51 +2113,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-223C-44C2-B31F-A7F85A4ADC3B}"/>
+              <c16:uniqueId val="{00000001-14BF-423A-882F-83278327321E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2214,51 +2220,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-223C-44C2-B31F-A7F85A4ADC3B}"/>
+              <c16:uniqueId val="{00000002-14BF-423A-882F-83278327321E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618084376"/>
         <c:axId val="618085552"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618084376"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2590,51 +2596,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-E5A6-48F1-8EDC-733FF955C295}"/>
+              <c16:uniqueId val="{00000000-8730-4B45-971D-CD592495032A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2697,51 +2703,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-E5A6-48F1-8EDC-733FF955C295}"/>
+              <c16:uniqueId val="{00000001-8730-4B45-971D-CD592495032A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2804,51 +2810,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-E5A6-48F1-8EDC-733FF955C295}"/>
+              <c16:uniqueId val="{00000002-8730-4B45-971D-CD592495032A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087120"/>
         <c:axId val="618086336"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087120"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3180,51 +3186,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-B382-4E64-AD85-3F6BCF1AF44B}"/>
+              <c16:uniqueId val="{00000000-7722-4E12-8A20-F040B59BAABA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3287,51 +3293,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-B382-4E64-AD85-3F6BCF1AF44B}"/>
+              <c16:uniqueId val="{00000001-7722-4E12-8A20-F040B59BAABA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3394,51 +3400,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-B382-4E64-AD85-3F6BCF1AF44B}"/>
+              <c16:uniqueId val="{00000002-7722-4E12-8A20-F040B59BAABA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087512"/>
         <c:axId val="618088296"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087512"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3770,51 +3776,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-3ABA-460E-A389-50E3A6E51936}"/>
+              <c16:uniqueId val="{00000000-E0A5-4E7D-84EE-48DB9FD640A9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3877,51 +3883,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-3ABA-460E-A389-50E3A6E51936}"/>
+              <c16:uniqueId val="{00000001-E0A5-4E7D-84EE-48DB9FD640A9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3984,51 +3990,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-3ABA-460E-A389-50E3A6E51936}"/>
+              <c16:uniqueId val="{00000002-E0A5-4E7D-84EE-48DB9FD640A9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618090256"/>
         <c:axId val="618089472"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618090256"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4379,51 +4385,51 @@
                 <c:v>23946.02881797513</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24844.993118947001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>20362.352429250481</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>22219.333832404296</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>22520.857583377918</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24097.654246493654</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24041.287487443627</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-AE6F-47E9-98C8-A22806A2F70E}"/>
+              <c16:uniqueId val="{00000000-90A6-4B11-A3E0-D68F1395CAFD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4444,69 +4450,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>24291.651284111002</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>24834.5671249355</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>24982.146430078399</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>25886.139217095799</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>25618.8218505109</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>25332.692817975101</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-AE6F-47E9-98C8-A22806A2F70E}"/>
+              <c16:uniqueId val="{00000001-90A6-4B11-A3E0-D68F1395CAFD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618096136"/>
         <c:axId val="618094960"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618096136"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4747,52 +4759,52 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1275" b="1" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="333399"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana"/>
                 <a:ea typeface="Verdana"/>
                 <a:cs typeface="Verdana"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-AU"/>
               <a:t>NSW Milk Production - North Coast Region
 2024/25 &amp; 2025/26</a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.2472107095399686"/>
-          <c:y val="1.307440018273578E-2"/>
+          <c:x val="0.25000011930326893"/>
+          <c:y val="8.6956521739130436E-3"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="6.9318220280440046E-2"/>
           <c:y val="0.1582608695652174"/>
           <c:w val="0.87840957830787147"/>
           <c:h val="0.68521739130434778"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
@@ -4878,51 +4890,51 @@
                 <c:v>19501.115370657812</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>18553.434045050093</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>16792.887520823526</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>17260.058477358416</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>15874.776862756229</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>15548.576551561402</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>15518.887952068568</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-48D4-410B-8081-A2738AF36838}"/>
+              <c16:uniqueId val="{00000000-BAC4-4AB5-972B-60E0E8CBCECE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4943,69 +4955,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>18283.972859038899</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>19261.845829999998</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>20984.4097259542</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>21877.035970331399</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>19648.031811062199</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>19113.401370657801</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-48D4-410B-8081-A2738AF36838}"/>
+              <c16:uniqueId val="{00000001-BAC4-4AB5-972B-60E0E8CBCECE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618095352"/>
         <c:axId val="618093392"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618095352"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5376,51 +5394,51 @@
                 <c:v>49636.36202130231</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>47489.202656221001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>41336.038081889856</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43500.782605650405</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>42370.407783754548</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>44478.03346145511</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43566.632181470966</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2438-4786-8EC0-D64FBFBC3D73}"/>
+              <c16:uniqueId val="{00000000-A32A-4395-ACA9-8DB30B6E126C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5441,69 +5459,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>47557.332000000002</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>51139.671308522098</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>52352.202111384802</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>55597.850232303797</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>52326.554736653001</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>52571.224021302303</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2438-4786-8EC0-D64FBFBC3D73}"/>
+              <c16:uniqueId val="{00000001-A32A-4395-ACA9-8DB30B6E126C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618093784"/>
         <c:axId val="618094176"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618093784"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5855,51 +5879,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1E06-4188-84D5-9F5928E52E16}"/>
+              <c16:uniqueId val="{00000000-1005-46E8-9AB6-F75702924405}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5962,51 +5986,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1E06-4188-84D5-9F5928E52E16}"/>
+              <c16:uniqueId val="{00000001-1005-46E8-9AB6-F75702924405}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6069,51 +6093,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1E06-4188-84D5-9F5928E52E16}"/>
+              <c16:uniqueId val="{00000002-1005-46E8-9AB6-F75702924405}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291207184"/>
         <c:axId val="1291200912"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291207184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6445,51 +6469,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-5B7C-4CCA-A155-3ABBBE1739FB}"/>
+              <c16:uniqueId val="{00000000-2999-412B-93F3-A48F1EC67422}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6552,51 +6576,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-5B7C-4CCA-A155-3ABBBE1739FB}"/>
+              <c16:uniqueId val="{00000001-2999-412B-93F3-A48F1EC67422}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6659,51 +6683,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-5B7C-4CCA-A155-3ABBBE1739FB}"/>
+              <c16:uniqueId val="{00000002-2999-412B-93F3-A48F1EC67422}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618079672"/>
         <c:axId val="618082808"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618079672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7035,51 +7059,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-9547-4269-8F7A-82E18B321B3A}"/>
+              <c16:uniqueId val="{00000000-0EFC-4FB6-AD83-6C8FC88E3EC7}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7142,51 +7166,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-9547-4269-8F7A-82E18B321B3A}"/>
+              <c16:uniqueId val="{00000001-0EFC-4FB6-AD83-6C8FC88E3EC7}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7249,51 +7273,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-9547-4269-8F7A-82E18B321B3A}"/>
+              <c16:uniqueId val="{00000002-0EFC-4FB6-AD83-6C8FC88E3EC7}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618083592"/>
         <c:axId val="618088688"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618083592"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7625,51 +7649,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-95F6-43CB-97D3-D2BA948D051A}"/>
+              <c16:uniqueId val="{00000000-1481-4AA9-BB38-93C1161B68B4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7732,51 +7756,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-95F6-43CB-97D3-D2BA948D051A}"/>
+              <c16:uniqueId val="{00000001-1481-4AA9-BB38-93C1161B68B4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7839,51 +7863,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-95F6-43CB-97D3-D2BA948D051A}"/>
+              <c16:uniqueId val="{00000002-1481-4AA9-BB38-93C1161B68B4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618082416"/>
         <c:axId val="618080848"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618082416"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8215,51 +8239,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-F403-4555-8D1F-24CC28917914}"/>
+              <c16:uniqueId val="{00000000-FAAE-46BD-A685-1EE7314DE4D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8322,51 +8346,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-F403-4555-8D1F-24CC28917914}"/>
+              <c16:uniqueId val="{00000001-FAAE-46BD-A685-1EE7314DE4D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8429,51 +8453,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-F403-4555-8D1F-24CC28917914}"/>
+              <c16:uniqueId val="{00000002-FAAE-46BD-A685-1EE7314DE4D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618080064"/>
         <c:axId val="618076928"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618080064"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8805,51 +8829,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-DB11-4C49-9862-E69196525D9C}"/>
+              <c16:uniqueId val="{00000000-23F1-40D8-BE7A-E44F96FDDB47}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8912,51 +8936,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-DB11-4C49-9862-E69196525D9C}"/>
+              <c16:uniqueId val="{00000001-23F1-40D8-BE7A-E44F96FDDB47}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9019,51 +9043,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-DB11-4C49-9862-E69196525D9C}"/>
+              <c16:uniqueId val="{00000002-23F1-40D8-BE7A-E44F96FDDB47}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618081240"/>
         <c:axId val="618081632"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618081240"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9395,51 +9419,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-4ABE-4A29-A879-2572377F17B1}"/>
+              <c16:uniqueId val="{00000000-D56B-4392-B77A-45DF1BF3333D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9502,51 +9526,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-4ABE-4A29-A879-2572377F17B1}"/>
+              <c16:uniqueId val="{00000001-D56B-4392-B77A-45DF1BF3333D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9609,51 +9633,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-4ABE-4A29-A879-2572377F17B1}"/>
+              <c16:uniqueId val="{00000002-D56B-4392-B77A-45DF1BF3333D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087904"/>
         <c:axId val="618078104"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087904"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9985,51 +10009,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-3100-41B6-8B4C-DFE47EF25B16}"/>
+              <c16:uniqueId val="{00000000-7097-4448-AAE6-8123DF055FDB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10092,51 +10116,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-3100-41B6-8B4C-DFE47EF25B16}"/>
+              <c16:uniqueId val="{00000001-7097-4448-AAE6-8123DF055FDB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10199,51 +10223,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-3100-41B6-8B4C-DFE47EF25B16}"/>
+              <c16:uniqueId val="{00000002-7097-4448-AAE6-8123DF055FDB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618078496"/>
         <c:axId val="618085160"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618078496"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -10521,51 +10545,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4743045F-97C8-4035-BA22-42025A17ABA5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CFE6999-7F7B-4F54-AFD6-DF8C1BE0EA3A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="7023100" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -10575,51 +10599,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>6350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>431800</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>38220</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96D088BA-DA27-4663-933C-892A5385E3C8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77FDA822-44CC-44CA-9490-E2D315A76B87}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6350" y="0"/>
           <a:ext cx="1498600" cy="812920"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -11078,670 +11102,670 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>491066</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>84667</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>18258</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3FF6651-E84E-485B-A0E5-71872C21CD3E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81E43AC9-0C4C-4757-8F14-7D521A328F27}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9412816" y="84667"/>
           <a:ext cx="1781442" cy="956733"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{255F58EF-4113-46FB-827E-EDC7E22CED73}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A67F7142-C386-4774-BBC6-6C8D98D1CA60}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48576B49-9B4C-46C4-BE88-080E33B78414}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E243AEB4-DE07-4FC9-B067-653A4AD9F895}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{096D8B21-C218-49F6-9FC7-E7FAE7840025}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9CD4781-8E26-4E1D-A25D-D5D72621B6EC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE9191F5-167A-427C-8277-4CF40C5F1BC5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57AF2F57-2895-4E1C-B052-0A6FF2C841CD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7B95064-0F18-4825-83CF-D7BFDC678E6F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30A0AF58-4DFF-441F-A973-BAA146A8DE15}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8C3B041-2262-4EDE-BDCD-FCED5635920F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2C31B18-DAF0-493B-A5F8-2958CF0B9857}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2468031-1D74-4A22-A412-80CAAA73C0B5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FBD1F3B-B0B2-4F39-A8D7-093C9A9989E8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75D00A64-BF45-44B0-836D-E3AF08703ED7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{450078E1-CFEE-4674-9B3A-531421846CC5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ECFEEF5-BEAA-4B66-A1D6-1704E152ECBC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E19AD793-DEB3-4180-A8EB-9BC0D18B7D0A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55A145CA-5F5D-4091-9AF4-9D2D5578E103}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F21D1494-FD8B-48AF-AFF6-15E36ED6C587}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7CC160E-06B2-4701-ABC2-A53098CFFE4A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18A7DEEC-0D05-4E8E-828F-51A2E1980557}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CE9211B-20B3-48AB-8BA4-3F5D912B9EC0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{484071A9-77A0-43EB-88DE-B80F32B81005}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC47546-A546-4FBA-BF79-F7D8207A8B74}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CD2458B-0F47-415C-95B8-E0372CF548E0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="15" name="Chart 27">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B014FA0E-87D2-4EBD-995B-D3D7B8F666AF}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA96B3B6-C17F-4E03-93DE-E76F0777A883}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>85</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>314325</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="16" name="Chart 29">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC234B4E-4CF6-4EEB-A7C2-C9A27AFC4B72}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65A71807-A7AA-480D-92A0-8B24115714C4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="17" name="Chart 31">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA760A23-C2DE-4432-9701-4B2C928CAEB2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6806E89-9A6E-4C6A-9389-98490B368EB3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
@@ -12292,58 +12316,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{254D155C-4EF4-47FC-AB6E-0A7805171AE5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C82632A6-DA40-4B56-B0A6-C2BD196642EA}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A6" sqref="A1:XFD1048576"/>
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="70" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="71" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="70" customWidth="1"/>
     <col min="4" max="7" width="14.61328125" style="127" customWidth="1"/>
     <col min="8" max="16384" width="9" style="70"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D1" s="72"/>
       <c r="E1" s="72"/>
       <c r="F1" s="72"/>
       <c r="G1" s="72"/>
     </row>
     <row r="2" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="D2" s="73" t="s">
         <v>28</v>
       </c>
       <c r="E2" s="73"/>
       <c r="F2" s="73"/>
       <c r="G2" s="73"/>
     </row>
@@ -12369,363 +12393,363 @@
       <c r="G5" s="78"/>
     </row>
     <row r="6" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B6" s="71"/>
       <c r="D6" s="79" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="80" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="80" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="81" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="82" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="83" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="84">
-        <v>25195.909217095799</v>
+        <v>24876.35281797513</v>
       </c>
       <c r="E7" s="85">
-        <v>22574.828685331377</v>
+        <v>21798.447300657812</v>
       </c>
       <c r="F7" s="85">
-        <v>48444.076232303756</v>
+        <v>47119.056021302313</v>
       </c>
       <c r="G7" s="86">
-        <v>96214.814134730928</v>
+        <v>93793.856139935262</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="87"/>
       <c r="B8" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="89">
-        <v>25500.742217095798</v>
+        <v>23946.028817975133</v>
       </c>
       <c r="E8" s="85">
-        <v>23062.689685331381</v>
+        <v>19501.115370657815</v>
       </c>
       <c r="F8" s="85">
-        <v>53206.59923230375</v>
+        <v>49636.36202130231</v>
       </c>
       <c r="G8" s="90">
-        <v>101770.03113473093</v>
+        <v>93083.506209935251</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="91"/>
       <c r="B9" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="89">
-        <v>25886.139217095799</v>
+        <v>25332.692817975134</v>
       </c>
       <c r="E9" s="85">
-        <v>21877.035970331373</v>
+        <v>19113.401370657812</v>
       </c>
       <c r="F9" s="85">
-        <v>55597.850232303754</v>
+        <v>52571.224021302311</v>
       </c>
       <c r="G9" s="90">
-        <v>103361.02541973093</v>
+        <v>97017.318209935242</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="91"/>
       <c r="B10" s="92"/>
       <c r="C10" s="93"/>
       <c r="D10" s="94"/>
       <c r="E10" s="95"/>
       <c r="F10" s="95"/>
       <c r="G10" s="96"/>
     </row>
     <row r="11" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="97"/>
       <c r="B11" s="92" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="98">
         <f>(D9-D8)/D8</f>
-        <v>1.5113167950916707E-2</v>
+        <v>5.7907889886071574E-2</v>
       </c>
       <c r="E11" s="95">
         <f>(E9-E8)/E8</f>
-        <v>-5.1410036347760507E-2</v>
+        <v>-1.9881632031333658E-2</v>
       </c>
       <c r="F11" s="95">
         <f>(F9-F8)/F8</f>
-        <v>4.494275211162499E-2</v>
+        <v>5.9127258334131211E-2</v>
       </c>
       <c r="G11" s="96">
         <f>(G9-G8)/G8</f>
-        <v>1.5633229814911952E-2</v>
+        <v>4.2261106829473039E-2</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="97"/>
       <c r="B12" s="99"/>
       <c r="D12" s="100"/>
       <c r="G12" s="99"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="91"/>
       <c r="B13" s="88"/>
       <c r="D13" s="89"/>
       <c r="E13" s="85"/>
       <c r="F13" s="85"/>
       <c r="G13" s="90"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="101" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="102" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="103">
         <f>D8/$G$8</f>
-        <v>0.25057221593394197</v>
+        <v>0.25725318902329075</v>
       </c>
       <c r="E14" s="104">
         <f>E8/$G$8</f>
-        <v>0.22661572791305559</v>
+        <v>0.20950129797083608</v>
       </c>
       <c r="F14" s="104">
         <f>F8/$G$8</f>
-        <v>0.52281205615300241</v>
+        <v>0.5332455130058732</v>
       </c>
       <c r="G14" s="105">
         <f>G8/$G$8</f>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="91"/>
       <c r="B15" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="106">
         <f>D9/$G$9</f>
-        <v>0.25044390873616768</v>
+        <v>0.2611151625852805</v>
       </c>
       <c r="E15" s="107">
         <f>E9/$G$9</f>
-        <v>0.21165652992985104</v>
+        <v>0.19701020109933803</v>
       </c>
       <c r="F15" s="107">
         <f>F9/$G$9</f>
-        <v>0.53789956133398131</v>
+        <v>0.54187463631538157</v>
       </c>
       <c r="G15" s="108">
         <f>G9/$G$9</f>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="109"/>
       <c r="B16" s="110"/>
       <c r="C16" s="111"/>
       <c r="D16" s="112"/>
       <c r="E16" s="113"/>
       <c r="F16" s="113"/>
       <c r="G16" s="114"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="87"/>
       <c r="D17" s="85"/>
       <c r="E17" s="85"/>
       <c r="F17" s="85"/>
       <c r="G17" s="115"/>
     </row>
     <row r="18" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B18" s="71"/>
       <c r="D18" s="79" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="80" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="80" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="81" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="82" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="83" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="116">
-        <v>95900.005056220762</v>
+        <v>145720.09372470679</v>
       </c>
       <c r="E19" s="85">
-        <v>85642.08828232449</v>
+        <v>129958.10203404448</v>
       </c>
       <c r="F19" s="85">
-        <v>180997.58935990548</v>
+        <v>274685.4291178608</v>
       </c>
       <c r="G19" s="117">
-        <v>362539.68269845075</v>
+        <v>550363.6248766121</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="87"/>
       <c r="B20" s="88" t="s">
         <v>47</v>
       </c>
       <c r="D20" s="89">
-        <v>99336.817056220767</v>
+        <v>147494.35472470679</v>
       </c>
       <c r="E20" s="85">
-        <v>85985.223100324525</v>
+        <v>126365.83728204454</v>
       </c>
       <c r="F20" s="85">
-        <v>197057.45065221074</v>
+        <v>297051.12041016604</v>
       </c>
       <c r="G20" s="90">
-        <v>382379.49080875603</v>
+        <v>570911.3124169173</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="91"/>
       <c r="B21" s="88" t="s">
         <v>48</v>
       </c>
       <c r="D21" s="89">
-        <v>99994.504056220772</v>
+        <v>150946.01872470681</v>
       </c>
       <c r="E21" s="85">
-        <v>80407.264385324495</v>
+        <v>119168.69756704447</v>
       </c>
       <c r="F21" s="85">
-        <v>206647.05565221075</v>
+        <v>311544.83441016602</v>
       </c>
       <c r="G21" s="90">
-        <v>387048.82409375603</v>
+        <v>581659.55070191738</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="91"/>
       <c r="B22" s="92"/>
       <c r="C22" s="93"/>
       <c r="D22" s="94"/>
       <c r="E22" s="95"/>
       <c r="F22" s="95"/>
       <c r="G22" s="96"/>
     </row>
     <row r="23" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="97"/>
       <c r="B23" s="92" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="98">
         <f>(D21-D20)/D20</f>
-        <v>6.6207778695765952E-3</v>
+        <v>2.3402007530677581E-2</v>
       </c>
       <c r="E23" s="95">
         <f>(E21-E20)/E20</f>
-        <v>-6.4871131502349702E-2</v>
+        <v>-5.6954789916330656E-2</v>
       </c>
       <c r="F23" s="95">
         <f>(F21-F20)/F20</f>
-        <v>4.8664006198501114E-2</v>
+        <v>4.8791985635291198E-2</v>
       </c>
       <c r="G23" s="96">
         <f>(G21-G20)/G20</f>
-        <v>1.2211254518708822E-2</v>
+        <v>1.8826458770799432E-2</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="97"/>
       <c r="B24" s="99"/>
       <c r="D24" s="100"/>
       <c r="G24" s="99"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="91"/>
       <c r="B25" s="88"/>
       <c r="D25" s="89"/>
       <c r="E25" s="85"/>
       <c r="F25" s="85"/>
       <c r="G25" s="90"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="101" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="102" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="118"/>
       <c r="D26" s="103">
         <f>D20/$G$20</f>
-        <v>0.25978594418366246</v>
+        <v>0.25834897910902954</v>
       </c>
       <c r="E26" s="104">
         <f>E20/$G$20</f>
-        <v>0.22486881531867861</v>
+        <v>0.22134057345454003</v>
       </c>
       <c r="F26" s="104">
         <f>F20/$G$20</f>
-        <v>0.51534524049765895</v>
+        <v>0.52031044743643062</v>
       </c>
       <c r="G26" s="105">
         <f>G20/$G$20</f>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="91"/>
       <c r="B27" s="88" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="106">
         <f>D21/$G$21</f>
-        <v>0.25835113771589396</v>
+        <v>0.25950922415449512</v>
       </c>
       <c r="E27" s="107">
         <f>E21/$G$21</f>
-        <v>0.20774449986662974</v>
+        <v>0.20487705810596199</v>
       </c>
       <c r="F27" s="107">
         <f>F21/$G$21</f>
-        <v>0.5339043624174763</v>
+        <v>0.53561371773954269</v>
       </c>
       <c r="G27" s="108">
         <f>G21/$G$21</f>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="109"/>
       <c r="B28" s="110"/>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="114"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A29" s="87"/>
       <c r="D29" s="85"/>
       <c r="E29" s="85"/>
       <c r="F29" s="85"/>
       <c r="G29" s="115"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D30" s="119" t="s">
         <v>2</v>
@@ -12797,263 +12821,263 @@
     </row>
     <row r="36" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="37" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B37" s="71"/>
       <c r="D37" s="119" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="120" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="128" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="121" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="101" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="129" t="s">
         <v>42</v>
       </c>
       <c r="D38" s="130">
-        <v>3.8660597931841144E-2</v>
+        <v>3.7883896755472643E-2</v>
       </c>
       <c r="E38" s="131">
-        <v>4.0367221188794364E-2</v>
+        <v>3.8740353385358688E-2</v>
       </c>
       <c r="F38" s="131">
-        <v>4.0547227143611884E-2</v>
+        <v>4.003273969677603E-2</v>
       </c>
       <c r="G38" s="132">
-        <v>4.0010938190580318E-2</v>
+        <v>3.9162454654459215E-2</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="91"/>
       <c r="B39" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D39" s="133">
-        <v>3.9994318678519734E-2</v>
+        <v>3.896259032765062E-2</v>
       </c>
       <c r="E39" s="134">
-        <v>4.0828149391387097E-2</v>
+        <v>3.9767714355788755E-2</v>
       </c>
       <c r="F39" s="134">
-        <v>4.0602875371182207E-2</v>
+        <v>4.0449514948273937E-2</v>
       </c>
       <c r="G39" s="135">
-        <v>4.050143860824898E-2</v>
+        <v>3.9924160738698422E-2</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="91"/>
       <c r="B40" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D40" s="133">
-        <v>3.9788943269264625E-2</v>
+        <v>3.9333880688035228E-2</v>
       </c>
       <c r="E40" s="134">
-        <v>3.9901820659057473E-2</v>
+        <v>3.989277161573887E-2</v>
       </c>
       <c r="F40" s="134">
-        <v>4.0634614561787838E-2</v>
+        <v>4.1123051273879184E-2</v>
       </c>
       <c r="G40" s="135">
-        <v>4.0267720723176692E-2</v>
+        <v>4.0413494062605089E-2</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="136"/>
       <c r="B41" s="137" t="s">
         <v>45</v>
       </c>
       <c r="D41" s="138">
         <f>(D40-D39)/D39</f>
-        <v>-5.135114587297953E-3</v>
+        <v>9.5294064707272148E-3</v>
       </c>
       <c r="E41" s="139">
         <f>(E40-E39)/E39</f>
-        <v>-2.2688481994362405E-2</v>
+        <v>3.1446931757573085E-3</v>
       </c>
       <c r="F41" s="139">
         <f>(F40-F39)/F39</f>
-        <v>7.8169810180877403E-4</v>
+        <v>1.6651283123334158E-2</v>
       </c>
       <c r="G41" s="140">
         <f>(G40-G39)/G39</f>
-        <v>-5.7706069982582297E-3</v>
+        <v>1.2256571330561669E-2</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B43" s="71"/>
       <c r="D43" s="119" t="s">
         <v>2</v>
       </c>
       <c r="E43" s="120" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="120" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="121" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="101" t="s">
         <v>36</v>
       </c>
       <c r="B44" s="129" t="s">
         <v>42</v>
       </c>
       <c r="D44" s="130">
-        <v>3.2882510190828926E-2</v>
+        <v>3.2222411198876706E-2</v>
       </c>
       <c r="E44" s="131">
-        <v>3.2810503650372462E-2</v>
+        <v>3.1735247214242986E-2</v>
       </c>
       <c r="F44" s="131">
-        <v>3.3633535628121679E-2</v>
+        <v>3.3018012914821981E-2</v>
       </c>
       <c r="G44" s="132">
-        <v>3.3243755998287543E-2</v>
+        <v>3.2508875413956723E-2</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="91"/>
       <c r="B45" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D45" s="133">
-        <v>3.3417084622229594E-2</v>
+        <v>3.2545327893538784E-2</v>
       </c>
       <c r="E45" s="134">
-        <v>3.3634104762722633E-2</v>
+        <v>3.2290850805411254E-2</v>
       </c>
       <c r="F45" s="134">
-        <v>3.40167939812955E-2</v>
+        <v>3.3145103207594333E-2</v>
       </c>
       <c r="G45" s="135">
-        <v>3.3779800082446666E-2</v>
+        <v>3.281184210830404E-2</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="91"/>
       <c r="B46" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D46" s="133">
-        <v>3.375521711716982E-2</v>
+        <v>3.3244443758128857E-2</v>
       </c>
       <c r="E46" s="134">
-        <v>3.3244259001672306E-2</v>
+        <v>3.2576267870818756E-2</v>
       </c>
       <c r="F46" s="134">
-        <v>3.406071006915197E-2</v>
+        <v>3.3729516741460387E-2</v>
       </c>
       <c r="G46" s="135">
-        <v>3.381139402036594E-2</v>
+        <v>3.3375655038629368E-2</v>
       </c>
     </row>
     <row r="47" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="136"/>
       <c r="B47" s="137" t="s">
         <v>45</v>
       </c>
       <c r="D47" s="138">
         <f>(D46-D45)/D45</f>
-        <v>1.0118551596068746E-2</v>
+        <v>2.1481297311767709E-2</v>
       </c>
       <c r="E47" s="139">
         <f>(E46-E45)/E45</f>
-        <v>-1.1590787499788036E-2</v>
+        <v>8.8389453448427611E-3</v>
       </c>
       <c r="F47" s="139">
         <f>(F46-F45)/F45</f>
-        <v>1.2910119595814303E-3</v>
+        <v>1.7631972065549381E-2</v>
       </c>
       <c r="G47" s="140">
         <f>(G46-G45)/G45</f>
-        <v>9.3529084962497657E-4</v>
+        <v>1.7183214781551E-2</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A48" s="141" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49" s="141" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50" s="141" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A52" s="142" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A53" s="142" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="D35:G35"/>
   </mergeCells>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.86614173228346458" bottom="0.98425196850393704" header="0.82677165354330717" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32E6C8F1-A45F-4BA8-B3B7-C553CBD30374}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08FBB632-E1B1-49CF-A8E1-58856E81D8DD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S56"/>
   <sheetViews>
-    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="Q21" sqref="Q21"/>
+    <sheetView topLeftCell="A21" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="D49" sqref="D49:L49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.61328125" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="7" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="7" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="6" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="7" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="6" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="7" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.3">
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -13684,247 +13708,263 @@
     <row r="22" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="44"/>
       <c r="D22" s="43"/>
       <c r="E22" s="40"/>
       <c r="F22" s="41"/>
       <c r="G22" s="42"/>
       <c r="H22" s="43"/>
       <c r="I22" s="40"/>
       <c r="J22" s="41"/>
       <c r="L22" s="43"/>
       <c r="M22" s="40"/>
       <c r="N22" s="41"/>
       <c r="P22" s="43"/>
       <c r="Q22" s="40"/>
       <c r="R22" s="41"/>
     </row>
     <row r="23" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="38"/>
       <c r="C23" s="47"/>
       <c r="D23" s="43">
         <v>24.211508850510889</v>
       </c>
-      <c r="E23" s="40"/>
-      <c r="F23" s="41" t="str">
+      <c r="E23" s="40">
+        <v>25.618821850510887</v>
+      </c>
+      <c r="F23" s="41">
         <f>IF(D23="","",IF(E23="","",IF(D23=0,0,IF(E23=0,0,(E23-D23)/D23))))</f>
-        <v/>
+        <v>5.8125786735934992E-2</v>
       </c>
       <c r="G23" s="42"/>
       <c r="H23" s="43">
         <v>20.879498811062174</v>
       </c>
-      <c r="I23" s="40"/>
-      <c r="J23" s="41" t="str">
+      <c r="I23" s="40">
+        <v>19.648031811062172</v>
+      </c>
+      <c r="J23" s="41">
         <f>IF(H23="","",IF(I23="","",IF(H23=0,0,IF(I23=0,0,(I23-H23)/H23))))</f>
-        <v/>
+        <v>-5.8979720305717215E-2</v>
       </c>
       <c r="L23" s="43">
         <v>50.35730773665297</v>
       </c>
-      <c r="M23" s="40"/>
-      <c r="N23" s="41" t="str">
+      <c r="M23" s="40">
+        <v>52.326554736652973</v>
+      </c>
+      <c r="N23" s="41">
         <f>IF(L23="","",IF(M23="","",IF(L23=0,0,IF(M23=0,0,(M23-L23)/L23))))</f>
-        <v/>
+        <v>3.9105486145095694E-2</v>
       </c>
       <c r="P23" s="43">
         <v>95.448315398226043</v>
       </c>
-      <c r="Q23" s="40"/>
-      <c r="R23" s="41" t="str">
+      <c r="Q23" s="40">
+        <v>97.593408398226032</v>
+      </c>
+      <c r="R23" s="41">
         <f>IF(P23="","",IF(Q23="","",IF(P23=0,0,IF(Q23=0,0,(Q23-P23)/P23))))</f>
-        <v/>
+        <v>2.2473869664962745E-2</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="44"/>
       <c r="B24" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="46"/>
       <c r="D24" s="40">
         <f>IF(D23="","",D23+D21)</f>
         <v>123.54832590673163</v>
       </c>
-      <c r="E24" s="40" t="str">
+      <c r="E24" s="40">
         <f>IF(E23="","",E23+E21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F24" s="41" t="str">
+        <v>125.61332590673165</v>
+      </c>
+      <c r="F24" s="41">
         <f>IF(D24="","",IF(E24="","",IF(D24=0,0,IF(E24=0,0,(E24-D24)/D24))))</f>
-        <v/>
+        <v>1.6714107494737805E-2</v>
       </c>
       <c r="G24" s="42"/>
       <c r="H24" s="43">
         <f>IF(H23="","",H23+H21)</f>
         <v>106.86472191138668</v>
       </c>
-      <c r="I24" s="40" t="str">
+      <c r="I24" s="40">
         <f>IF(I23="","",I23+I21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J24" s="41" t="str">
+        <v>100.05529619638666</v>
+      </c>
+      <c r="J24" s="41">
         <f>IF(H24="","",IF(I24="","",IF(H24=0,0,IF(I24=0,0,(I24-H24)/H24))))</f>
-        <v/>
+        <v>-6.3720052728406126E-2</v>
       </c>
       <c r="L24" s="43">
         <f>IF(L23="","",L23+L21)</f>
         <v>247.41475838886373</v>
       </c>
-      <c r="M24" s="40" t="str">
+      <c r="M24" s="40">
         <f>IF(M23="","",M23+M21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N24" s="41" t="str">
+        <v>258.97361038886373</v>
+      </c>
+      <c r="N24" s="41">
         <f>IF(L24="","",IF(M24="","",IF(L24=0,0,IF(M24=0,0,(M24-L24)/L24))))</f>
-        <v/>
+        <v>4.6718522675324253E-2</v>
       </c>
       <c r="P24" s="43">
         <f>IF(P23="","",P23+P21)</f>
         <v>477.82780620698202</v>
       </c>
-      <c r="Q24" s="40" t="str">
+      <c r="Q24" s="40">
         <f>IF(Q23="","",Q23+Q21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R24" s="41" t="str">
+        <v>484.64223249198204</v>
+      </c>
+      <c r="R24" s="41">
         <f>IF(P24="","",IF(Q24="","",IF(P24=0,0,IF(Q24=0,0,(Q24-P24)/P24))))</f>
-        <v/>
+        <v>1.4261259383570073E-2</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="44"/>
       <c r="D25" s="43"/>
       <c r="E25" s="40"/>
       <c r="F25" s="41"/>
       <c r="G25" s="42"/>
       <c r="H25" s="43"/>
       <c r="I25" s="40"/>
       <c r="J25" s="41"/>
       <c r="L25" s="43"/>
       <c r="M25" s="40"/>
       <c r="N25" s="41"/>
       <c r="P25" s="43"/>
       <c r="Q25" s="40"/>
       <c r="R25" s="41"/>
     </row>
     <row r="26" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="38"/>
       <c r="C26" s="47"/>
       <c r="D26" s="43">
         <v>23.946028817975129</v>
       </c>
-      <c r="E26" s="40"/>
-      <c r="F26" s="41" t="str">
+      <c r="E26" s="40">
+        <v>25.332692817975129</v>
+      </c>
+      <c r="F26" s="41">
         <f>IF(D26="","",IF(E26="","",IF(D26=0,0,IF(E26=0,0,(E26-D26)/D26))))</f>
-        <v/>
+        <v>5.790788988607154E-2</v>
       </c>
       <c r="G26" s="42"/>
       <c r="H26" s="43">
         <v>19.501115370657814</v>
       </c>
-      <c r="I26" s="40"/>
-      <c r="J26" s="41" t="str">
+      <c r="I26" s="40">
+        <v>19.113401370657812</v>
+      </c>
+      <c r="J26" s="41">
         <f>IF(H26="","",IF(I26="","",IF(H26=0,0,IF(I26=0,0,(I26-H26)/H26))))</f>
-        <v/>
+        <v>-1.9881632031333609E-2</v>
       </c>
       <c r="L26" s="43">
         <v>49.636362021302311</v>
       </c>
-      <c r="M26" s="40"/>
-      <c r="N26" s="41" t="str">
+      <c r="M26" s="40">
+        <v>52.571224021302314</v>
+      </c>
+      <c r="N26" s="41">
         <f>IF(L26="","",IF(M26="","",IF(L26=0,0,IF(M26=0,0,(M26-L26)/L26))))</f>
-        <v/>
+        <v>5.9127258334131239E-2</v>
       </c>
       <c r="P26" s="43">
         <v>93.083506209935251</v>
       </c>
-      <c r="Q26" s="40"/>
-      <c r="R26" s="41" t="str">
+      <c r="Q26" s="40">
+        <v>97.017318209935254</v>
+      </c>
+      <c r="R26" s="41">
         <f>IF(P26="","",IF(Q26="","",IF(P26=0,0,IF(Q26=0,0,(Q26-P26)/P26))))</f>
-        <v/>
+        <v>4.226110682947317E-2</v>
       </c>
     </row>
     <row r="27" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="44"/>
       <c r="B27" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="46"/>
       <c r="D27" s="40">
         <f>IF(D26="","",D26+D24)</f>
         <v>147.49435472470677</v>
       </c>
-      <c r="E27" s="40" t="str">
+      <c r="E27" s="40">
         <f>IF(E26="","",E26+E24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F27" s="41" t="str">
+        <v>150.94601872470679</v>
+      </c>
+      <c r="F27" s="41">
         <f>IF(D27="","",IF(E27="","",IF(D27=0,0,IF(E27=0,0,(E27-D27)/D27))))</f>
-        <v/>
+        <v>2.3402007530677608E-2</v>
       </c>
       <c r="G27" s="42"/>
       <c r="H27" s="43">
         <f>IF(H26="","",H26+H24)</f>
         <v>126.3658372820445</v>
       </c>
-      <c r="I27" s="40" t="str">
+      <c r="I27" s="40">
         <f>IF(I26="","",I26+I24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J27" s="41" t="str">
+        <v>119.16869756704448</v>
+      </c>
+      <c r="J27" s="41">
         <f>IF(H27="","",IF(I27="","",IF(H27=0,0,IF(I27=0,0,(I27-H27)/H27))))</f>
-        <v/>
+        <v>-5.6954789916330274E-2</v>
       </c>
       <c r="L27" s="43">
         <f>IF(L26="","",L26+L24)</f>
         <v>297.05112041016605</v>
       </c>
-      <c r="M27" s="40" t="str">
+      <c r="M27" s="40">
         <f>IF(M26="","",M26+M24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N27" s="41" t="str">
+        <v>311.54483441016606</v>
+      </c>
+      <c r="N27" s="41">
         <f>IF(L27="","",IF(M27="","",IF(L27=0,0,IF(M27=0,0,(M27-L27)/L27))))</f>
-        <v/>
+        <v>4.8791985635291309E-2</v>
       </c>
       <c r="P27" s="43">
         <f>IF(P26="","",P26+P24)</f>
         <v>570.91131241691733</v>
       </c>
-      <c r="Q27" s="40" t="str">
+      <c r="Q27" s="40">
         <f>IF(Q26="","",Q26+Q24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R27" s="41" t="str">
+        <v>581.65955070191728</v>
+      </c>
+      <c r="R27" s="41">
         <f>IF(P27="","",IF(Q27="","",IF(P27=0,0,IF(Q27=0,0,(Q27-P27)/P27))))</f>
-        <v/>
+        <v>1.8826458770799203E-2</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="44"/>
       <c r="D28" s="43"/>
       <c r="E28" s="40"/>
       <c r="F28" s="41"/>
       <c r="G28" s="42"/>
       <c r="H28" s="43"/>
       <c r="I28" s="40"/>
       <c r="J28" s="41"/>
       <c r="L28" s="43"/>
       <c r="M28" s="40"/>
       <c r="N28" s="41"/>
       <c r="P28" s="43"/>
       <c r="Q28" s="40"/>
       <c r="R28" s="41"/>
     </row>
     <row r="29" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="38"/>
       <c r="C29" s="47"/>
       <c r="D29" s="43">
@@ -14732,55 +14772,55 @@
     <row r="55" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="H4:J4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD937004-F646-4AD6-BC25-8B8139A23CCA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{96262A7D-4D33-47A4-B4EB-7518E0542729}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q21" sqref="Q21"/>
+    <sheetView showGridLines="0" topLeftCell="A157" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q27" sqref="Q27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>