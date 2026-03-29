--- v2 (2026-02-09)
+++ v3 (2026-03-29)
@@ -39,344 +39,346 @@
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{54A19346-DFD2-4822-B358-79FE849BF445}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C514E2AB-2069-4F4F-B4F4-F2DB0CDBEF8E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{787810C8-9A57-4929-98B0-EB8C2082B6BA}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{CF3404ED-D213-4FA7-98B0-AD1A3943D93B}"/>
   </bookViews>
   <sheets>
     <sheet name="NSW" sheetId="2" r:id="rId1"/>
     <sheet name="NSW Monthly" sheetId="1" r:id="rId2"/>
     <sheet name="NSW Graphs" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">NSW!$A$1:$G$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'NSW Monthly'!$A$1:$S$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G47" i="2" l="1"/>
   <c r="F47" i="2"/>
   <c r="E47" i="2"/>
   <c r="D47" i="2"/>
   <c r="G41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
   <c r="D41" i="2"/>
   <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
   <c r="D32" i="2"/>
-  <c r="D27" i="2"/>
-  <c r="D26" i="2"/>
   <c r="G23" i="2"/>
   <c r="F23" i="2"/>
   <c r="E23" i="2"/>
   <c r="D23" i="2"/>
   <c r="B23" i="2"/>
   <c r="G26" i="2"/>
   <c r="F26" i="2"/>
   <c r="E26" i="2"/>
-  <c r="E15" i="2"/>
+  <c r="D26" i="2"/>
+  <c r="D15" i="2"/>
+  <c r="E14" i="2"/>
   <c r="D11" i="2"/>
-  <c r="D15" i="2"/>
+  <c r="G11" i="2"/>
   <c r="F11" i="2"/>
   <c r="E11" i="2"/>
   <c r="G14" i="2"/>
-  <c r="E14" i="2"/>
+  <c r="F14" i="2"/>
   <c r="D14" i="2"/>
   <c r="I49" i="1"/>
+  <c r="E49" i="1"/>
   <c r="Q47" i="1"/>
   <c r="Q49" i="1" s="1"/>
   <c r="I47" i="1"/>
   <c r="E47" i="1"/>
-  <c r="E49" i="1" s="1"/>
   <c r="Q45" i="1"/>
   <c r="M45" i="1"/>
   <c r="M47" i="1" s="1"/>
   <c r="M49" i="1" s="1"/>
   <c r="I45" i="1"/>
   <c r="E45" i="1"/>
   <c r="R44" i="1"/>
-  <c r="F44" i="1"/>
+  <c r="N44" i="1"/>
   <c r="Q42" i="1"/>
   <c r="M42" i="1"/>
   <c r="I42" i="1"/>
   <c r="E42" i="1"/>
   <c r="R41" i="1"/>
   <c r="N41" i="1"/>
   <c r="J41" i="1"/>
   <c r="F41" i="1"/>
   <c r="Q39" i="1"/>
   <c r="M39" i="1"/>
   <c r="I39" i="1"/>
   <c r="E39" i="1"/>
   <c r="R38" i="1"/>
   <c r="N38" i="1"/>
-  <c r="F38" i="1"/>
   <c r="Q36" i="1"/>
   <c r="M36" i="1"/>
   <c r="I36" i="1"/>
   <c r="E36" i="1"/>
-  <c r="R35" i="1"/>
-  <c r="N35" i="1"/>
   <c r="J35" i="1"/>
   <c r="F35" i="1"/>
-  <c r="Q33" i="1"/>
-[...1 lines deleted...]
-  <c r="I33" i="1"/>
   <c r="R32" i="1"/>
   <c r="N32" i="1"/>
   <c r="J32" i="1"/>
-  <c r="F32" i="1"/>
+  <c r="R29" i="1"/>
   <c r="M30" i="1"/>
-  <c r="I30" i="1"/>
-[...1 lines deleted...]
-  <c r="R29" i="1"/>
+  <c r="M33" i="1" s="1"/>
+  <c r="N29" i="1"/>
+  <c r="J29" i="1"/>
   <c r="F29" i="1"/>
   <c r="R26" i="1"/>
-  <c r="Q27" i="1"/>
+  <c r="M27" i="1"/>
   <c r="N26" i="1"/>
   <c r="J26" i="1"/>
   <c r="F26" i="1"/>
   <c r="R23" i="1"/>
-  <c r="J23" i="1"/>
+  <c r="N23" i="1"/>
   <c r="F23" i="1"/>
   <c r="R20" i="1"/>
   <c r="N20" i="1"/>
-  <c r="I21" i="1"/>
+  <c r="J20" i="1"/>
+  <c r="F20" i="1"/>
+  <c r="Q18" i="1"/>
+  <c r="Q21" i="1" s="1"/>
+  <c r="Q24" i="1" s="1"/>
+  <c r="Q27" i="1" s="1"/>
+  <c r="Q30" i="1" s="1"/>
+  <c r="Q33" i="1" s="1"/>
+  <c r="P18" i="1"/>
+  <c r="R18" i="1" s="1"/>
+  <c r="N17" i="1"/>
+  <c r="M18" i="1"/>
+  <c r="M21" i="1" s="1"/>
+  <c r="M24" i="1" s="1"/>
+  <c r="J17" i="1"/>
+  <c r="F17" i="1"/>
+  <c r="Q15" i="1"/>
+  <c r="P15" i="1"/>
+  <c r="R15" i="1" s="1"/>
+  <c r="M15" i="1"/>
+  <c r="L15" i="1"/>
+  <c r="L18" i="1" s="1"/>
+  <c r="R14" i="1"/>
+  <c r="N14" i="1"/>
+  <c r="I15" i="1"/>
+  <c r="I18" i="1" s="1"/>
+  <c r="I21" i="1" s="1"/>
   <c r="I24" i="1" s="1"/>
   <c r="I27" i="1" s="1"/>
-  <c r="H21" i="1"/>
-[...6 lines deleted...]
-  <c r="D18" i="1"/>
+  <c r="I30" i="1" s="1"/>
+  <c r="I33" i="1" s="1"/>
   <c r="H15" i="1"/>
-  <c r="J15" i="1" s="1"/>
-[...8 lines deleted...]
-  <c r="J14" i="1"/>
   <c r="F14" i="1"/>
   <c r="Q12" i="1"/>
   <c r="P12" i="1"/>
   <c r="R12" i="1" s="1"/>
   <c r="M12" i="1"/>
-  <c r="M15" i="1" s="1"/>
-[...1 lines deleted...]
-  <c r="M21" i="1" s="1"/>
+  <c r="L12" i="1"/>
+  <c r="N12" i="1" s="1"/>
+  <c r="I12" i="1"/>
   <c r="H12" i="1"/>
   <c r="J12" i="1" s="1"/>
+  <c r="R11" i="1"/>
+  <c r="N11" i="1"/>
+  <c r="J11" i="1"/>
+  <c r="E12" i="1"/>
   <c r="D12" i="1"/>
-  <c r="F12" i="1" s="1"/>
-[...10 lines deleted...]
-  <c r="M27" i="1"/>
+  <c r="J15" i="1" l="1"/>
+  <c r="H18" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="E27" i="1" s="1"/>
+  <c r="E30" i="1" s="1"/>
+  <c r="E33" i="1" s="1"/>
+  <c r="N18" i="1"/>
+  <c r="L21" i="1"/>
+  <c r="D15" i="1"/>
+  <c r="F12" i="1"/>
   <c r="E15" i="1"/>
   <c r="E18" i="1" s="1"/>
   <c r="E21" i="1" s="1"/>
-  <c r="E24" i="1" s="1"/>
-[...4 lines deleted...]
-  <c r="N23" i="1"/>
+  <c r="F44" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="F32" i="1"/>
+  <c r="N35" i="1"/>
+  <c r="F11" i="1"/>
+  <c r="F15" i="2"/>
+  <c r="R17" i="1"/>
+  <c r="R35" i="1"/>
+  <c r="G15" i="2"/>
+  <c r="F27" i="2"/>
   <c r="P21" i="1"/>
-  <c r="H27" i="1"/>
-[...1 lines deleted...]
-  <c r="N29" i="1"/>
+  <c r="G27" i="2"/>
+  <c r="E15" i="2"/>
+  <c r="F38" i="1"/>
+  <c r="J44" i="1"/>
+  <c r="D27" i="2"/>
   <c r="J38" i="1"/>
-  <c r="N44" i="1"/>
-[...5 lines deleted...]
-  <c r="R18" i="1" s="1"/>
+  <c r="E27" i="2"/>
+  <c r="J14" i="1"/>
+  <c r="J23" i="1"/>
+  <c r="R21" i="1" l="1"/>
+  <c r="P24" i="1"/>
+  <c r="F15" i="1"/>
+  <c r="D18" i="1"/>
+  <c r="L24" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="H21" i="1"/>
+  <c r="J18" i="1"/>
+  <c r="J21" i="1" l="1"/>
   <c r="H24" i="1"/>
-  <c r="J24" i="1" s="1"/>
-[...9 lines deleted...]
-  <c r="F18" i="1" l="1"/>
+  <c r="N24" i="1"/>
+  <c r="L27" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="F18" i="1"/>
+  <c r="R24" i="1"/>
+  <c r="P27" i="1"/>
+  <c r="P30" i="1" l="1"/>
+  <c r="R27" i="1"/>
   <c r="D24" i="1"/>
   <c r="F21" i="1"/>
-  <c r="N15" i="1"/>
-[...3 lines deleted...]
-  <c r="R21" i="1"/>
+  <c r="N27" i="1"/>
+  <c r="L30" i="1"/>
+  <c r="J24" i="1"/>
+  <c r="H27" i="1"/>
+  <c r="J27" i="1" l="1"/>
   <c r="H30" i="1"/>
-  <c r="P27" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="N18" i="1"/>
+  <c r="N30" i="1"/>
+  <c r="L33" i="1"/>
   <c r="F24" i="1"/>
   <c r="D27" i="1"/>
+  <c r="R30" i="1"/>
+  <c r="P33" i="1"/>
+  <c r="R33" i="1" l="1"/>
+  <c r="P36" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="F27" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="L36" i="1"/>
   <c r="J30" i="1"/>
   <c r="H33" i="1"/>
-  <c r="H36" i="1" l="1"/>
-[...10 lines deleted...]
-  <c r="L27" i="1"/>
+  <c r="J33" i="1" l="1"/>
+  <c r="H36" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="L39" i="1"/>
   <c r="F30" i="1"/>
   <c r="D33" i="1"/>
+  <c r="P39" i="1"/>
+  <c r="R36" i="1"/>
+  <c r="R39" i="1" l="1"/>
+  <c r="P42" i="1"/>
+  <c r="D36" i="1"/>
+  <c r="F33" i="1"/>
+  <c r="L42" i="1"/>
+  <c r="N39" i="1"/>
   <c r="J36" i="1"/>
   <c r="H39" i="1"/>
-  <c r="J39" i="1" l="1"/>
-[...10 lines deleted...]
-  <c r="N30" i="1"/>
+  <c r="H42" i="1" l="1"/>
+  <c r="J39" i="1"/>
+  <c r="N42" i="1"/>
+  <c r="L45" i="1"/>
   <c r="F36" i="1"/>
   <c r="D39" i="1"/>
+  <c r="R42" i="1"/>
+  <c r="P45" i="1"/>
+  <c r="R45" i="1" l="1"/>
+  <c r="P47" i="1"/>
+  <c r="D42" i="1"/>
+  <c r="F39" i="1"/>
+  <c r="L47" i="1"/>
+  <c r="N45" i="1"/>
   <c r="J42" i="1"/>
   <c r="H45" i="1"/>
-  <c r="J45" i="1" l="1"/>
+  <c r="F42" i="1" l="1"/>
+  <c r="D45" i="1"/>
+  <c r="P49" i="1"/>
+  <c r="R47" i="1"/>
+  <c r="J45" i="1"/>
   <c r="H47" i="1"/>
-  <c r="F39" i="1"/>
-[...10 lines deleted...]
-  <c r="F42" i="1"/>
+  <c r="N47" i="1"/>
+  <c r="L49" i="1"/>
+  <c r="F45" i="1" l="1"/>
+  <c r="D47" i="1"/>
+  <c r="H49" i="1"/>
   <c r="J47" i="1"/>
-  <c r="D47" i="1" l="1"/>
-[...9 lines deleted...]
-  <c r="L45" i="1"/>
+  <c r="D49" i="1" l="1"/>
   <c r="F47" i="1"/>
-  <c r="D49" i="1"/>
-[...3 lines deleted...]
-  <c r="L49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="50">
   <si>
     <t>New South Wales Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>Inland/Central</t>
   </si>
   <si>
     <t>North Coast</t>
   </si>
   <si>
     <t>Southern</t>
   </si>
   <si>
     <t>Total NSW</t>
   </si>
   <si>
     <t>Var%</t>
@@ -465,60 +467,60 @@
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>* Retrospective adjustments are possible if new or revised data is received.</t>
   </si>
   <si>
     <t>25/26 by Region</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t>NSW</t>
   </si>
   <si>
-    <t>December-23</t>
+    <t>February-24</t>
   </si>
   <si>
-    <t>December-24</t>
+    <t>February-25</t>
   </si>
   <si>
-    <t>December-25</t>
+    <t>February-26</t>
   </si>
   <si>
-    <t>% change 24 &amp; 25</t>
+    <t>% change 25 &amp; 26</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
@@ -1264,51 +1266,51 @@
     <xf numFmtId="3" fontId="2" fillId="0" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{8905D407-1F68-4350-A75D-D0933C78E61F}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{04CAEC23-0B75-4B9A-B110-99E20B62EE30}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1521,51 +1523,51 @@
                 <c:v>93083.506209935265</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>90887.629820218091</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>78491.278031963855</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>82980.17491541311</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>80766.042229888699</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>84124.264259510164</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>83126.807620983163</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1CAB-4E9A-B6AD-B0D2FDAFD449}"/>
+              <c16:uniqueId val="{00000000-D93E-4463-83E0-5AF811E55208}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1586,75 +1588,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>90132.956143149902</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>95236.084263457698</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>98318.758267417405</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>103361.025419731</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>97593.408398226005</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>97017.318209935198</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>93846.7798202181</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>82206.086031963903</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1CAB-4E9A-B6AD-B0D2FDAFD449}"/>
+              <c16:uniqueId val="{00000001-D93E-4463-83E0-5AF811E55208}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291204832"/>
         <c:axId val="1291205616"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291204832"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2006,51 +2014,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-14BF-423A-882F-83278327321E}"/>
+              <c16:uniqueId val="{00000000-0344-466F-9220-B80B28E2E5F6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2113,51 +2121,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-14BF-423A-882F-83278327321E}"/>
+              <c16:uniqueId val="{00000001-0344-466F-9220-B80B28E2E5F6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2220,51 +2228,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-14BF-423A-882F-83278327321E}"/>
+              <c16:uniqueId val="{00000002-0344-466F-9220-B80B28E2E5F6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618084376"/>
         <c:axId val="618085552"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618084376"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2596,51 +2604,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-8730-4B45-971D-CD592495032A}"/>
+              <c16:uniqueId val="{00000000-9197-4591-9AB0-4C8254B13CF1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2703,51 +2711,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-8730-4B45-971D-CD592495032A}"/>
+              <c16:uniqueId val="{00000001-9197-4591-9AB0-4C8254B13CF1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2810,51 +2818,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-8730-4B45-971D-CD592495032A}"/>
+              <c16:uniqueId val="{00000002-9197-4591-9AB0-4C8254B13CF1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087120"/>
         <c:axId val="618086336"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087120"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3186,51 +3194,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-7722-4E12-8A20-F040B59BAABA}"/>
+              <c16:uniqueId val="{00000000-ADA7-437F-B874-77F727344634}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3293,51 +3301,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7722-4E12-8A20-F040B59BAABA}"/>
+              <c16:uniqueId val="{00000001-ADA7-437F-B874-77F727344634}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3400,51 +3408,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-7722-4E12-8A20-F040B59BAABA}"/>
+              <c16:uniqueId val="{00000002-ADA7-437F-B874-77F727344634}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087512"/>
         <c:axId val="618088296"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087512"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3776,51 +3784,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-E0A5-4E7D-84EE-48DB9FD640A9}"/>
+              <c16:uniqueId val="{00000000-11F2-4F65-8CB3-50EEAD12E6F8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3883,51 +3891,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-E0A5-4E7D-84EE-48DB9FD640A9}"/>
+              <c16:uniqueId val="{00000001-11F2-4F65-8CB3-50EEAD12E6F8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3990,51 +3998,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-E0A5-4E7D-84EE-48DB9FD640A9}"/>
+              <c16:uniqueId val="{00000002-11F2-4F65-8CB3-50EEAD12E6F8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618090256"/>
         <c:axId val="618089472"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618090256"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4385,51 +4393,51 @@
                 <c:v>23946.02881797513</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24844.993118947001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>20362.352429250481</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>22219.333832404296</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>22520.857583377918</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24097.654246493654</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24041.287487443627</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-90A6-4B11-A3E0-D68F1395CAFD}"/>
+              <c16:uniqueId val="{00000000-3E7A-467E-A8DC-48FDDCB09A36}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4450,75 +4458,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>24291.651284111002</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>24834.5671249355</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>24982.146430078399</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>25886.139217095799</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>25618.8218505109</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>25332.692817975101</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>24775.302118946998</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>21827.0164292505</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-90A6-4B11-A3E0-D68F1395CAFD}"/>
+              <c16:uniqueId val="{00000001-3E7A-467E-A8DC-48FDDCB09A36}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618096136"/>
         <c:axId val="618094960"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618096136"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4890,51 +4904,51 @@
                 <c:v>19501.115370657812</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>18553.434045050093</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>16792.887520823526</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>17260.058477358416</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>15874.776862756229</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>15548.576551561402</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>15518.887952068568</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-BAC4-4AB5-972B-60E0E8CBCECE}"/>
+              <c16:uniqueId val="{00000000-FC4D-4C77-BF39-0083853609F7}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4955,75 +4969,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>18283.972859038899</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>19261.845829999998</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>20984.4097259542</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>21877.035970331399</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>19648.031811062199</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>19113.401370657801</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>19044.188045050101</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>16496.400520823499</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-BAC4-4AB5-972B-60E0E8CBCECE}"/>
+              <c16:uniqueId val="{00000001-FC4D-4C77-BF39-0083853609F7}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618095352"/>
         <c:axId val="618093392"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618095352"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5394,51 +5414,51 @@
                 <c:v>49636.36202130231</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>47489.202656221001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>41336.038081889856</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43500.782605650405</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>42370.407783754548</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>44478.03346145511</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43566.632181470966</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-A32A-4395-ACA9-8DB30B6E126C}"/>
+              <c16:uniqueId val="{00000000-8361-4038-BA2D-3EB851DBE8A2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5459,75 +5479,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>47557.332000000002</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>51139.671308522098</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>52352.202111384802</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>55597.850232303797</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>52326.554736653001</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>52571.224021302303</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>50027.289656221001</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>43882.669081889799</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-A32A-4395-ACA9-8DB30B6E126C}"/>
+              <c16:uniqueId val="{00000001-8361-4038-BA2D-3EB851DBE8A2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618093784"/>
         <c:axId val="618094176"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618093784"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5879,51 +5905,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1005-46E8-9AB6-F75702924405}"/>
+              <c16:uniqueId val="{00000000-0F6B-4995-BDBC-86818EB9FC54}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5986,51 +6012,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1005-46E8-9AB6-F75702924405}"/>
+              <c16:uniqueId val="{00000001-0F6B-4995-BDBC-86818EB9FC54}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6093,51 +6119,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1005-46E8-9AB6-F75702924405}"/>
+              <c16:uniqueId val="{00000002-0F6B-4995-BDBC-86818EB9FC54}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291207184"/>
         <c:axId val="1291200912"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291207184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6469,51 +6495,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2999-412B-93F3-A48F1EC67422}"/>
+              <c16:uniqueId val="{00000000-440C-434A-B893-167735D9F33C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6576,51 +6602,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2999-412B-93F3-A48F1EC67422}"/>
+              <c16:uniqueId val="{00000001-440C-434A-B893-167735D9F33C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6683,51 +6709,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2999-412B-93F3-A48F1EC67422}"/>
+              <c16:uniqueId val="{00000002-440C-434A-B893-167735D9F33C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618079672"/>
         <c:axId val="618082808"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618079672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7059,51 +7085,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-0EFC-4FB6-AD83-6C8FC88E3EC7}"/>
+              <c16:uniqueId val="{00000000-0F8B-4C6D-BD32-78477F4B8B7C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7166,51 +7192,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-0EFC-4FB6-AD83-6C8FC88E3EC7}"/>
+              <c16:uniqueId val="{00000001-0F8B-4C6D-BD32-78477F4B8B7C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7273,51 +7299,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-0EFC-4FB6-AD83-6C8FC88E3EC7}"/>
+              <c16:uniqueId val="{00000002-0F8B-4C6D-BD32-78477F4B8B7C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618083592"/>
         <c:axId val="618088688"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618083592"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7649,51 +7675,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1481-4AA9-BB38-93C1161B68B4}"/>
+              <c16:uniqueId val="{00000000-3233-4F1A-BFD4-14D506FAEE0D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7756,51 +7782,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1481-4AA9-BB38-93C1161B68B4}"/>
+              <c16:uniqueId val="{00000001-3233-4F1A-BFD4-14D506FAEE0D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7863,51 +7889,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1481-4AA9-BB38-93C1161B68B4}"/>
+              <c16:uniqueId val="{00000002-3233-4F1A-BFD4-14D506FAEE0D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618082416"/>
         <c:axId val="618080848"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618082416"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8239,51 +8265,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-FAAE-46BD-A685-1EE7314DE4D3}"/>
+              <c16:uniqueId val="{00000000-7E65-44DB-A988-0075AAC8E191}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8346,51 +8372,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-FAAE-46BD-A685-1EE7314DE4D3}"/>
+              <c16:uniqueId val="{00000001-7E65-44DB-A988-0075AAC8E191}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8453,51 +8479,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-FAAE-46BD-A685-1EE7314DE4D3}"/>
+              <c16:uniqueId val="{00000002-7E65-44DB-A988-0075AAC8E191}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618080064"/>
         <c:axId val="618076928"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618080064"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8829,51 +8855,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-23F1-40D8-BE7A-E44F96FDDB47}"/>
+              <c16:uniqueId val="{00000000-07A0-48A2-B0FA-DC9AFD668E02}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8936,51 +8962,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-23F1-40D8-BE7A-E44F96FDDB47}"/>
+              <c16:uniqueId val="{00000001-07A0-48A2-B0FA-DC9AFD668E02}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9043,51 +9069,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-23F1-40D8-BE7A-E44F96FDDB47}"/>
+              <c16:uniqueId val="{00000002-07A0-48A2-B0FA-DC9AFD668E02}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618081240"/>
         <c:axId val="618081632"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618081240"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9419,51 +9445,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D56B-4392-B77A-45DF1BF3333D}"/>
+              <c16:uniqueId val="{00000000-8393-4B75-A273-DFDE687E69C3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9526,51 +9552,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D56B-4392-B77A-45DF1BF3333D}"/>
+              <c16:uniqueId val="{00000001-8393-4B75-A273-DFDE687E69C3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9633,51 +9659,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-D56B-4392-B77A-45DF1BF3333D}"/>
+              <c16:uniqueId val="{00000002-8393-4B75-A273-DFDE687E69C3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618087904"/>
         <c:axId val="618078104"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618087904"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -10009,51 +10035,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-7097-4448-AAE6-8123DF055FDB}"/>
+              <c16:uniqueId val="{00000000-2787-468F-94BB-283FB4A620B0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10116,51 +10142,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7097-4448-AAE6-8123DF055FDB}"/>
+              <c16:uniqueId val="{00000001-2787-468F-94BB-283FB4A620B0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10223,51 +10249,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-7097-4448-AAE6-8123DF055FDB}"/>
+              <c16:uniqueId val="{00000002-2787-468F-94BB-283FB4A620B0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618078496"/>
         <c:axId val="618085160"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618078496"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -10545,51 +10571,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CFE6999-7F7B-4F54-AFD6-DF8C1BE0EA3A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD9B1965-5719-4E31-9EBC-106669809ABB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="7023100" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -10599,51 +10625,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>6350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>431800</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>38220</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77FDA822-44CC-44CA-9490-E2D315A76B87}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5A29E67-4982-4D21-B54F-F093BA178882}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6350" y="0"/>
           <a:ext cx="1498600" cy="812920"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -11102,670 +11128,670 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>491066</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>84667</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>18258</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81E43AC9-0C4C-4757-8F14-7D521A328F27}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D1B3FD1-93ED-47E9-85F3-0014C6C09515}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9412816" y="84667"/>
           <a:ext cx="1781442" cy="956733"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A67F7142-C386-4774-BBC6-6C8D98D1CA60}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDF8E289-B7B7-46B6-9F66-3E16AC755D60}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E243AEB4-DE07-4FC9-B067-653A4AD9F895}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E6DC4CC-23E0-4FED-83D5-B510590AFDC0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9CD4781-8E26-4E1D-A25D-D5D72621B6EC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3DAC8E7-95FB-4687-A81D-DA38A74CFF67}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57AF2F57-2895-4E1C-B052-0A6FF2C841CD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{257A40D3-D404-4887-B111-C6CCB190F7FA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30A0AF58-4DFF-441F-A973-BAA146A8DE15}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C565163B-9E5F-4F7B-AA75-5B070B6B2E09}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2C31B18-DAF0-493B-A5F8-2958CF0B9857}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{953C0848-5DF0-440A-A4B9-3BE676C1CE56}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FBD1F3B-B0B2-4F39-A8D7-093C9A9989E8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1F4CE0C-5855-4EA0-8476-8896E0275078}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{450078E1-CFEE-4674-9B3A-531421846CC5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0ED672E9-DD6E-43D4-9CBB-99CC88149D75}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E19AD793-DEB3-4180-A8EB-9BC0D18B7D0A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9C4577E-566D-4CEB-A365-70B074C7DDA4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F21D1494-FD8B-48AF-AFF6-15E36ED6C587}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E44BF68-108C-481E-A149-D3CE7180B2A5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18A7DEEC-0D05-4E8E-828F-51A2E1980557}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2F3EF00-D124-4B9C-BF24-762164539967}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{484071A9-77A0-43EB-88DE-B80F32B81005}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99EAA19E-038C-42C1-82AB-53072ACD95E2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CD2458B-0F47-415C-95B8-E0372CF548E0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D068384B-1D9B-46E5-9E51-6F7F0FB5FF69}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="15" name="Chart 27">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA96B3B6-C17F-4E03-93DE-E76F0777A883}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F301CB9-7ED6-4963-9C65-1368FBE5E984}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>85</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>314325</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="16" name="Chart 29">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65A71807-A7AA-480D-92A0-8B24115714C4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{511648A0-04DB-4358-AB16-07E3B17790FD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="17" name="Chart 31">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6806E89-9A6E-4C6A-9389-98490B368EB3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33158E11-B12B-4949-9C39-F8DF04C640B5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
@@ -12316,58 +12342,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C82632A6-DA40-4B56-B0A6-C2BD196642EA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{666ACCD8-3EBD-4641-BADE-971CC5CA0E56}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="A27" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="70" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="71" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="70" customWidth="1"/>
     <col min="4" max="7" width="14.61328125" style="127" customWidth="1"/>
     <col min="8" max="16384" width="9" style="70"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D1" s="72"/>
       <c r="E1" s="72"/>
       <c r="F1" s="72"/>
       <c r="G1" s="72"/>
     </row>
     <row r="2" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="D2" s="73" t="s">
         <v>28</v>
       </c>
       <c r="E2" s="73"/>
       <c r="F2" s="73"/>
       <c r="G2" s="73"/>
     </row>
@@ -12393,363 +12419,363 @@
       <c r="G5" s="78"/>
     </row>
     <row r="6" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B6" s="71"/>
       <c r="D6" s="79" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="80" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="80" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="81" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="82" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="83" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="84">
-        <v>24876.35281797513</v>
+        <v>21998.930429250482</v>
       </c>
       <c r="E7" s="85">
-        <v>21798.447300657812</v>
+        <v>17289.678520823527</v>
       </c>
       <c r="F7" s="85">
-        <v>47119.056021302313</v>
+        <v>38380.503081889852</v>
       </c>
       <c r="G7" s="86">
-        <v>93793.856139935262</v>
+        <v>77669.112031963858</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="87"/>
       <c r="B8" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="89">
-        <v>23946.028817975133</v>
+        <v>20362.352429250484</v>
       </c>
       <c r="E8" s="85">
-        <v>19501.115370657815</v>
+        <v>16792.887520823526</v>
       </c>
       <c r="F8" s="85">
-        <v>49636.36202130231</v>
+        <v>41336.038081889856</v>
       </c>
       <c r="G8" s="90">
-        <v>93083.506209935251</v>
+        <v>78491.278031963855</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="91"/>
       <c r="B9" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="89">
-        <v>25332.692817975134</v>
+        <v>21827.016429250485</v>
       </c>
       <c r="E9" s="85">
-        <v>19113.401370657812</v>
+        <v>16496.400520823528</v>
       </c>
       <c r="F9" s="85">
-        <v>52571.224021302311</v>
+        <v>43882.66908188985</v>
       </c>
       <c r="G9" s="90">
-        <v>97017.318209935242</v>
+        <v>82206.08603196386</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="91"/>
       <c r="B10" s="92"/>
       <c r="C10" s="93"/>
       <c r="D10" s="94"/>
       <c r="E10" s="95"/>
       <c r="F10" s="95"/>
       <c r="G10" s="96"/>
     </row>
     <row r="11" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="97"/>
       <c r="B11" s="92" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="98">
         <f>(D9-D8)/D8</f>
-        <v>5.7907889886071574E-2</v>
+        <v>7.1929999497308245E-2</v>
       </c>
       <c r="E11" s="95">
         <f>(E9-E8)/E8</f>
-        <v>-1.9881632031333658E-2</v>
+        <v>-1.7655510383925776E-2</v>
       </c>
       <c r="F11" s="95">
         <f>(F9-F8)/F8</f>
-        <v>5.9127258334131211E-2</v>
+        <v>6.1608008850652859E-2</v>
       </c>
       <c r="G11" s="96">
         <f>(G9-G8)/G8</f>
-        <v>4.2261106829473039E-2</v>
+        <v>4.7327653379363122E-2</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="97"/>
       <c r="B12" s="99"/>
       <c r="D12" s="100"/>
       <c r="G12" s="99"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="91"/>
       <c r="B13" s="88"/>
       <c r="D13" s="89"/>
       <c r="E13" s="85"/>
       <c r="F13" s="85"/>
       <c r="G13" s="90"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="101" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="102" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="103">
         <f>D8/$G$8</f>
-        <v>0.25725318902329075</v>
+        <v>0.25942184838624188</v>
       </c>
       <c r="E14" s="104">
         <f>E8/$G$8</f>
-        <v>0.20950129797083608</v>
+        <v>0.21394590509769748</v>
       </c>
       <c r="F14" s="104">
         <f>F8/$G$8</f>
-        <v>0.5332455130058732</v>
+        <v>0.52663224651606078</v>
       </c>
       <c r="G14" s="105">
         <f>G8/$G$8</f>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="91"/>
       <c r="B15" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="106">
         <f>D9/$G$9</f>
-        <v>0.2611151625852805</v>
+        <v>0.26551582106419197</v>
       </c>
       <c r="E15" s="107">
         <f>E9/$G$9</f>
-        <v>0.19701020109933803</v>
+        <v>0.20067128015812966</v>
       </c>
       <c r="F15" s="107">
         <f>F9/$G$9</f>
-        <v>0.54187463631538157</v>
+        <v>0.53381289877767846</v>
       </c>
       <c r="G15" s="108">
         <f>G9/$G$9</f>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="109"/>
       <c r="B16" s="110"/>
       <c r="C16" s="111"/>
       <c r="D16" s="112"/>
       <c r="E16" s="113"/>
       <c r="F16" s="113"/>
       <c r="G16" s="114"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="87"/>
       <c r="D17" s="85"/>
       <c r="E17" s="85"/>
       <c r="F17" s="85"/>
       <c r="G17" s="115"/>
     </row>
     <row r="18" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B18" s="71"/>
       <c r="D18" s="79" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="80" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="80" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="81" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="82" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="83" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="116">
-        <v>145720.09372470679</v>
+        <v>191486.40027290428</v>
       </c>
       <c r="E19" s="85">
-        <v>129958.10203404448</v>
+        <v>167639.48217991809</v>
       </c>
       <c r="F19" s="85">
-        <v>274685.4291178608</v>
+        <v>357473.1048559717</v>
       </c>
       <c r="G19" s="117">
-        <v>550363.6248766121</v>
+        <v>716598.98730879405</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="87"/>
       <c r="B20" s="88" t="s">
         <v>47</v>
       </c>
       <c r="D20" s="89">
-        <v>147494.35472470679</v>
+        <v>192701.70027290427</v>
       </c>
       <c r="E20" s="85">
-        <v>126365.83728204454</v>
+        <v>161712.15884791812</v>
       </c>
       <c r="F20" s="85">
-        <v>297051.12041016604</v>
+        <v>385876.36114827695</v>
       </c>
       <c r="G20" s="90">
-        <v>570911.3124169173</v>
+        <v>740290.22026909934</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="91"/>
       <c r="B21" s="88" t="s">
         <v>48</v>
       </c>
       <c r="D21" s="89">
-        <v>150946.01872470681</v>
+        <v>197548.33727290429</v>
       </c>
       <c r="E21" s="85">
-        <v>119168.69756704447</v>
+        <v>154709.28613291812</v>
       </c>
       <c r="F21" s="85">
-        <v>311544.83441016602</v>
+        <v>405454.79314827692</v>
       </c>
       <c r="G21" s="90">
-        <v>581659.55070191738</v>
+        <v>757712.4165540993</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="91"/>
       <c r="B22" s="92"/>
       <c r="C22" s="93"/>
       <c r="D22" s="94"/>
       <c r="E22" s="95"/>
       <c r="F22" s="95"/>
       <c r="G22" s="96"/>
     </row>
     <row r="23" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="97"/>
       <c r="B23" s="92" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="98">
         <f>(D21-D20)/D20</f>
-        <v>2.3402007530677581E-2</v>
+        <v>2.5150982026293522E-2</v>
       </c>
       <c r="E23" s="95">
         <f>(E21-E20)/E20</f>
-        <v>-5.6954789916330656E-2</v>
+        <v>-4.330455276146454E-2</v>
       </c>
       <c r="F23" s="95">
         <f>(F21-F20)/F20</f>
-        <v>4.8791985635291198E-2</v>
+        <v>5.0737578072259155E-2</v>
       </c>
       <c r="G23" s="96">
         <f>(G21-G20)/G20</f>
-        <v>1.8826458770799432E-2</v>
+        <v>2.3534278595044651E-2</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="97"/>
       <c r="B24" s="99"/>
       <c r="D24" s="100"/>
       <c r="G24" s="99"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="91"/>
       <c r="B25" s="88"/>
       <c r="D25" s="89"/>
       <c r="E25" s="85"/>
       <c r="F25" s="85"/>
       <c r="G25" s="90"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="101" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="102" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="118"/>
       <c r="D26" s="103">
         <f>D20/$G$20</f>
-        <v>0.25834897910902954</v>
+        <v>0.26030561392916446</v>
       </c>
       <c r="E26" s="104">
         <f>E20/$G$20</f>
-        <v>0.22134057345454003</v>
+        <v>0.21844427282739856</v>
       </c>
       <c r="F26" s="104">
         <f>F20/$G$20</f>
-        <v>0.52031044743643062</v>
+        <v>0.52125011324343695</v>
       </c>
       <c r="G26" s="105">
         <f>G20/$G$20</f>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="91"/>
       <c r="B27" s="88" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="106">
         <f>D21/$G$21</f>
-        <v>0.25950922415449512</v>
+        <v>0.26071677454001402</v>
       </c>
       <c r="E27" s="107">
         <f>E21/$G$21</f>
-        <v>0.20487705810596199</v>
+        <v>0.20417942579917081</v>
       </c>
       <c r="F27" s="107">
         <f>F21/$G$21</f>
-        <v>0.53561371773954269</v>
+        <v>0.53510379966081523</v>
       </c>
       <c r="G27" s="108">
         <f>G21/$G$21</f>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="109"/>
       <c r="B28" s="110"/>
       <c r="C28" s="111"/>
       <c r="D28" s="112"/>
       <c r="E28" s="113"/>
       <c r="F28" s="113"/>
       <c r="G28" s="114"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A29" s="87"/>
       <c r="D29" s="85"/>
       <c r="E29" s="85"/>
       <c r="F29" s="85"/>
       <c r="G29" s="115"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D30" s="119" t="s">
         <v>2</v>
@@ -12821,263 +12847,263 @@
     </row>
     <row r="36" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="37" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B37" s="71"/>
       <c r="D37" s="119" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="120" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="128" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="121" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="101" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="129" t="s">
         <v>42</v>
       </c>
       <c r="D38" s="130">
-        <v>3.7883896755472643E-2</v>
+        <v>3.8981630905838956E-2</v>
       </c>
       <c r="E38" s="131">
-        <v>3.8740353385358688E-2</v>
+        <v>4.0032298264160611E-2</v>
       </c>
       <c r="F38" s="131">
-        <v>4.003273969677603E-2</v>
+        <v>4.0875919349929318E-2</v>
       </c>
       <c r="G38" s="132">
-        <v>3.9162454654459215E-2</v>
+        <v>4.0151586914692353E-2</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="91"/>
       <c r="B39" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D39" s="133">
-        <v>3.896259032765062E-2</v>
+        <v>4.0535986555785893E-2</v>
       </c>
       <c r="E39" s="134">
-        <v>3.9767714355788755E-2</v>
+        <v>4.0568098166100817E-2</v>
       </c>
       <c r="F39" s="134">
-        <v>4.0449514948273937E-2</v>
+        <v>4.1185564516666134E-2</v>
       </c>
       <c r="G39" s="135">
-        <v>3.9924160738698422E-2</v>
+        <v>4.0884945404144564E-2</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="91"/>
       <c r="B40" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D40" s="133">
-        <v>3.9333880688035228E-2</v>
+        <v>3.9515511389839955E-2</v>
       </c>
       <c r="E40" s="134">
-        <v>3.989277161573887E-2</v>
+        <v>3.9898231654004572E-2</v>
       </c>
       <c r="F40" s="134">
-        <v>4.1123051273879184E-2</v>
+        <v>4.1248397790189517E-2</v>
       </c>
       <c r="G40" s="135">
-        <v>4.0413494062605089E-2</v>
+        <v>4.0517349467815364E-2</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="136"/>
       <c r="B41" s="137" t="s">
         <v>45</v>
       </c>
       <c r="D41" s="138">
         <f>(D40-D39)/D39</f>
-        <v>9.5294064707272148E-3</v>
+        <v>-2.5174548657932692E-2</v>
       </c>
       <c r="E41" s="139">
         <f>(E40-E39)/E39</f>
-        <v>3.1446931757573085E-3</v>
+        <v>-1.6512149752585491E-2</v>
       </c>
       <c r="F41" s="139">
         <f>(F40-F39)/F39</f>
-        <v>1.6651283123334158E-2</v>
+        <v>1.525613992688061E-3</v>
       </c>
       <c r="G41" s="140">
         <f>(G40-G39)/G39</f>
-        <v>1.2256571330561669E-2</v>
+        <v>-8.9909851339054579E-3</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="77" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B43" s="71"/>
       <c r="D43" s="119" t="s">
         <v>2</v>
       </c>
       <c r="E43" s="120" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="120" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="121" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="101" t="s">
         <v>36</v>
       </c>
       <c r="B44" s="129" t="s">
         <v>42</v>
       </c>
       <c r="D44" s="130">
-        <v>3.2222411198876706E-2</v>
+        <v>3.2611433420866073E-2</v>
       </c>
       <c r="E44" s="131">
-        <v>3.1735247214242986E-2</v>
+        <v>3.2284085765768002E-2</v>
       </c>
       <c r="F44" s="131">
-        <v>3.3018012914821981E-2</v>
+        <v>3.341186932412147E-2</v>
       </c>
       <c r="G44" s="132">
-        <v>3.2508875413956723E-2</v>
+        <v>3.2934102191950317E-2</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="91"/>
       <c r="B45" s="88" t="s">
         <v>43</v>
       </c>
       <c r="D45" s="133">
-        <v>3.2545327893538784E-2</v>
+        <v>3.3382733963847208E-2</v>
       </c>
       <c r="E45" s="134">
-        <v>3.2290850805411254E-2</v>
+        <v>3.3058622499580644E-2</v>
       </c>
       <c r="F45" s="134">
-        <v>3.3145103207594333E-2</v>
+        <v>3.3797067091880177E-2</v>
       </c>
       <c r="G45" s="135">
-        <v>3.281184210830404E-2</v>
+        <v>3.3531592829294188E-2</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="91"/>
       <c r="B46" s="88" t="s">
         <v>44</v>
       </c>
       <c r="D46" s="133">
-        <v>3.3244443758128857E-2</v>
+        <v>3.3335943480056876E-2</v>
       </c>
       <c r="E46" s="134">
-        <v>3.2576267870818756E-2</v>
+        <v>3.2955468894112654E-2</v>
       </c>
       <c r="F46" s="134">
-        <v>3.3729516741460387E-2</v>
+        <v>3.3964154360912401E-2</v>
       </c>
       <c r="G46" s="135">
-        <v>3.3375655038629368E-2</v>
+        <v>3.359494022918097E-2</v>
       </c>
     </row>
     <row r="47" spans="1:7" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="136"/>
       <c r="B47" s="137" t="s">
         <v>45</v>
       </c>
       <c r="D47" s="138">
         <f>(D46-D45)/D45</f>
-        <v>2.1481297311767709E-2</v>
+        <v>-1.4016372607769403E-3</v>
       </c>
       <c r="E47" s="139">
         <f>(E46-E45)/E45</f>
-        <v>8.8389453448427611E-3</v>
+        <v>-3.1203237663426065E-3</v>
       </c>
       <c r="F47" s="139">
         <f>(F46-F45)/F45</f>
-        <v>1.7631972065549381E-2</v>
+        <v>4.94383931534599E-3</v>
       </c>
       <c r="G47" s="140">
         <f>(G46-G45)/G45</f>
-        <v>1.7183214781551E-2</v>
+        <v>1.8891855274897522E-3</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A48" s="141" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A49" s="141" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A50" s="141" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A52" s="142" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A53" s="142" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="D35:G35"/>
   </mergeCells>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.86614173228346458" bottom="0.98425196850393704" header="0.82677165354330717" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08FBB632-E1B1-49CF-A8E1-58856E81D8DD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D2B3BD3-A9C9-4D4A-92E0-5731A035656A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S56"/>
   <sheetViews>
-    <sheetView topLeftCell="A21" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="D49" sqref="D49:L49"/>
+    <sheetView topLeftCell="D21" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="E32" sqref="E32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.61328125" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="7" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="7" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="6" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="7" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="6" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="7" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.3">
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -13948,241 +13974,263 @@
     <row r="28" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="44"/>
       <c r="D28" s="43"/>
       <c r="E28" s="40"/>
       <c r="F28" s="41"/>
       <c r="G28" s="42"/>
       <c r="H28" s="43"/>
       <c r="I28" s="40"/>
       <c r="J28" s="41"/>
       <c r="L28" s="43"/>
       <c r="M28" s="40"/>
       <c r="N28" s="41"/>
       <c r="P28" s="43"/>
       <c r="Q28" s="40"/>
       <c r="R28" s="41"/>
     </row>
     <row r="29" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="38"/>
       <c r="C29" s="47"/>
       <c r="D29" s="43">
         <v>24.844993118946999</v>
       </c>
-      <c r="E29" s="40"/>
-      <c r="F29" s="41" t="str">
+      <c r="E29" s="40">
+        <v>24.775302118947</v>
+      </c>
+      <c r="F29" s="41">
         <f>IF(D29="","",IF(E29="","",IF(D29=0,0,IF(E29=0,0,(E29-D29)/D29))))</f>
-        <v/>
+        <v>-2.8050319702786273E-3</v>
       </c>
       <c r="G29" s="42"/>
       <c r="H29" s="43">
         <v>18.553434045050093</v>
       </c>
-      <c r="I29" s="40"/>
-      <c r="J29" s="41" t="str">
+      <c r="I29" s="40">
+        <v>19.044188045050092</v>
+      </c>
+      <c r="J29" s="41">
         <f>IF(H29="","",IF(I29="","",IF(H29=0,0,IF(I29=0,0,(I29-H29)/H29))))</f>
-        <v/>
+        <v>2.6450844561086966E-2</v>
       </c>
       <c r="L29" s="43">
         <v>47.489202656221003</v>
       </c>
-      <c r="M29" s="40"/>
-      <c r="N29" s="41" t="str">
+      <c r="M29" s="40">
+        <v>50.027289656221001</v>
+      </c>
+      <c r="N29" s="41">
         <f>IF(L29="","",IF(M29="","",IF(L29=0,0,IF(M29=0,0,(M29-L29)/L29))))</f>
-        <v/>
+        <v>5.3445559370062665E-2</v>
       </c>
       <c r="P29" s="43">
         <v>90.887629820218095</v>
       </c>
-      <c r="Q29" s="40"/>
-      <c r="R29" s="41" t="str">
+      <c r="Q29" s="40">
+        <v>93.846779820218089</v>
+      </c>
+      <c r="R29" s="41">
         <f>IF(P29="","",IF(Q29="","",IF(P29=0,0,IF(Q29=0,0,(Q29-P29)/P29))))</f>
-        <v/>
+        <v>3.2558336110793007E-2</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="44"/>
       <c r="B30" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="46"/>
       <c r="D30" s="40">
         <f>IF(D29="","",D29+D27)</f>
         <v>172.33934784365377</v>
       </c>
-      <c r="E30" s="40" t="str">
+      <c r="E30" s="40">
         <f>IF(E29="","",E29+E27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F30" s="41" t="str">
+        <v>175.72132084365379</v>
+      </c>
+      <c r="F30" s="41">
         <f>IF(D30="","",IF(E30="","",IF(D30=0,0,IF(E30=0,0,(E30-D30)/D30))))</f>
-        <v/>
+        <v>1.9623916663930641E-2</v>
       </c>
       <c r="G30" s="42"/>
       <c r="H30" s="43">
         <f>IF(H29="","",H29+H27)</f>
         <v>144.91927132709458</v>
       </c>
-      <c r="I30" s="40" t="str">
+      <c r="I30" s="40">
         <f>IF(I29="","",I29+I27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J30" s="41" t="str">
+        <v>138.21288561209457</v>
+      </c>
+      <c r="J30" s="41">
         <f>IF(H30="","",IF(I30="","",IF(H30=0,0,IF(I30=0,0,(I30-H30)/H30))))</f>
-        <v/>
+        <v>-4.6276700493912588E-2</v>
       </c>
       <c r="L30" s="43">
         <f>IF(L29="","",L29+L27)</f>
         <v>344.54032306638703</v>
       </c>
-      <c r="M30" s="40" t="str">
+      <c r="M30" s="40">
         <f>IF(M29="","",M29+M27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N30" s="41" t="str">
+        <v>361.57212406638706</v>
+      </c>
+      <c r="N30" s="41">
         <f>IF(L30="","",IF(M30="","",IF(L30=0,0,IF(M30=0,0,(M30-L30)/L30))))</f>
-        <v/>
+        <v>4.9433404045187167E-2</v>
       </c>
       <c r="P30" s="43">
         <f>IF(P29="","",P29+P27)</f>
         <v>661.79894223713541</v>
       </c>
-      <c r="Q30" s="40"/>
-      <c r="R30" s="41" t="str">
+      <c r="Q30" s="40">
+        <f>Q27+Q29</f>
+        <v>675.50633052213539</v>
+      </c>
+      <c r="R30" s="41">
         <f>IF(P30="","",IF(Q30="","",IF(P30=0,0,IF(Q30=0,0,(Q30-P30)/P30))))</f>
-        <v/>
+        <v>2.0712315191474505E-2</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="44"/>
       <c r="D31" s="43"/>
       <c r="E31" s="40"/>
       <c r="F31" s="41"/>
       <c r="G31" s="42"/>
       <c r="H31" s="43"/>
       <c r="I31" s="40"/>
       <c r="J31" s="41"/>
       <c r="L31" s="43"/>
       <c r="M31" s="40"/>
       <c r="N31" s="41"/>
       <c r="P31" s="43"/>
       <c r="Q31" s="40"/>
       <c r="R31" s="41"/>
     </row>
     <row r="32" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="37" t="s">
         <v>15</v>
       </c>
       <c r="B32" s="38"/>
       <c r="C32" s="47"/>
       <c r="D32" s="43">
         <v>20.362352429250482</v>
       </c>
-      <c r="E32" s="40"/>
-      <c r="F32" s="41" t="str">
+      <c r="E32" s="40">
+        <v>21.827016429250481</v>
+      </c>
+      <c r="F32" s="41">
         <f>IF(D32="","",IF(E32="","",IF(D32=0,0,IF(E32=0,0,(E32-D32)/D32))))</f>
-        <v/>
+        <v>7.1929999497308175E-2</v>
       </c>
       <c r="G32" s="42"/>
       <c r="H32" s="43">
         <v>16.792887520823527</v>
       </c>
-      <c r="I32" s="40"/>
-      <c r="J32" s="41" t="str">
+      <c r="I32" s="40">
+        <v>16.496400520823528</v>
+      </c>
+      <c r="J32" s="41">
         <f>IF(H32="","",IF(I32="","",IF(H32=0,0,IF(I32=0,0,(I32-H32)/H32))))</f>
-        <v/>
+        <v>-1.7655510383925876E-2</v>
       </c>
       <c r="L32" s="43">
         <v>41.336038081889853</v>
       </c>
-      <c r="M32" s="40"/>
-      <c r="N32" s="41" t="str">
+      <c r="M32" s="40">
+        <v>43.882669081889851</v>
+      </c>
+      <c r="N32" s="41">
         <f>IF(L32="","",IF(M32="","",IF(L32=0,0,IF(M32=0,0,(M32-L32)/L32))))</f>
-        <v/>
+        <v>6.1608008850652957E-2</v>
       </c>
       <c r="P32" s="43">
         <v>78.491278031963859</v>
       </c>
-      <c r="Q32" s="40"/>
-      <c r="R32" s="41" t="str">
+      <c r="Q32" s="40">
+        <v>82.206086031963864</v>
+      </c>
+      <c r="R32" s="41">
         <f>IF(P32="","",IF(Q32="","",IF(P32=0,0,IF(Q32=0,0,(Q32-P32)/P32))))</f>
-        <v/>
+        <v>4.7327653379363128E-2</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="44"/>
       <c r="B33" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="46"/>
       <c r="D33" s="40">
         <f>IF(D32="","",D32+D30)</f>
         <v>192.70170027290425</v>
       </c>
-      <c r="E33" s="40"/>
-      <c r="F33" s="41" t="str">
+      <c r="E33" s="40">
+        <f>E30+E32</f>
+        <v>197.54833727290426</v>
+      </c>
+      <c r="F33" s="41">
         <f>IF(D33="","",IF(E33="","",IF(D33=0,0,IF(E33=0,0,(E33-D33)/D33))))</f>
-        <v/>
+        <v>2.5150982026293518E-2</v>
       </c>
       <c r="G33" s="42"/>
       <c r="H33" s="43">
         <f>IF(H32="","",H32+H30)</f>
         <v>161.71215884791809</v>
       </c>
-      <c r="I33" s="40" t="str">
+      <c r="I33" s="40">
         <f>IF(I32="","",I32+I30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J33" s="41" t="str">
+        <v>154.70928613291809</v>
+      </c>
+      <c r="J33" s="41">
         <f>IF(H33="","",IF(I33="","",IF(H33=0,0,IF(I33=0,0,(I33-H33)/H33))))</f>
-        <v/>
+        <v>-4.3304552761464485E-2</v>
       </c>
       <c r="L33" s="43">
         <f>IF(L32="","",L32+L30)</f>
         <v>385.87636114827689</v>
       </c>
-      <c r="M33" s="40" t="str">
+      <c r="M33" s="40">
         <f>IF(M32="","",M32+M30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N33" s="41" t="str">
+        <v>405.45479314827691</v>
+      </c>
+      <c r="N33" s="41">
         <f>IF(L33="","",IF(M33="","",IF(L33=0,0,IF(M33=0,0,(M33-L33)/L33))))</f>
-        <v/>
+        <v>5.0737578072259294E-2</v>
       </c>
       <c r="P33" s="43">
         <f>IF(P32="","",P32+P30)</f>
         <v>740.29022026909922</v>
       </c>
-      <c r="Q33" s="40" t="str">
+      <c r="Q33" s="40">
         <f>IF(Q32="","",Q32+Q30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R33" s="41" t="str">
+        <v>757.71241655409926</v>
+      </c>
+      <c r="R33" s="41">
         <f>IF(P33="","",IF(Q33="","",IF(P33=0,0,IF(Q33=0,0,(Q33-P33)/P33))))</f>
-        <v/>
+        <v>2.3534278595044773E-2</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="44"/>
       <c r="D34" s="43"/>
       <c r="E34" s="40"/>
       <c r="F34" s="41"/>
       <c r="G34" s="42"/>
       <c r="H34" s="43"/>
       <c r="I34" s="40"/>
       <c r="J34" s="41"/>
       <c r="L34" s="43"/>
       <c r="M34" s="40"/>
       <c r="N34" s="41"/>
       <c r="P34" s="43"/>
       <c r="Q34" s="40"/>
       <c r="R34" s="41"/>
     </row>
     <row r="35" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="37" t="s">
         <v>16</v>
       </c>
       <c r="B35" s="38"/>
       <c r="C35" s="47"/>
       <c r="D35" s="43">
@@ -14772,55 +14820,55 @@
     <row r="55" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="H4:J4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{96262A7D-4D33-47A4-B4EB-7518E0542729}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC4B2FDF-E71C-45C9-8418-6EAC4020024F}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A157" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q27" sqref="Q27"/>
+    <sheetView showGridLines="0" topLeftCell="A121" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I45" sqref="I45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>