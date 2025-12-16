--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -32,537 +32,537 @@
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EDB95E1A-55DD-4419-B9E3-712471727DF9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EAFE279E-FD31-4CE2-9A94-B7EE1AF236C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F2A65265-B4D6-4BA1-AC68-FF2C8F576F99}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{40B661C2-9A32-4462-B415-6BA7E8A71650}"/>
   </bookViews>
   <sheets>
     <sheet name="National" sheetId="2" r:id="rId1"/>
     <sheet name="National by State" sheetId="1" r:id="rId2"/>
     <sheet name="National Graph" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'National by State'!$A$1:$AE$57</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F35" i="3" l="1"/>
   <c r="J47" i="2"/>
   <c r="I47" i="2"/>
   <c r="H47" i="2"/>
   <c r="G47" i="2"/>
   <c r="F47" i="2"/>
   <c r="E47" i="2"/>
   <c r="D47" i="2"/>
-  <c r="H41" i="2"/>
   <c r="D41" i="2"/>
   <c r="J41" i="2"/>
   <c r="I41" i="2"/>
+  <c r="H41" i="2"/>
   <c r="G41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
   <c r="J32" i="2"/>
   <c r="I32" i="2"/>
   <c r="H32" i="2"/>
   <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
   <c r="D32" i="2"/>
   <c r="J27" i="2"/>
   <c r="I27" i="2"/>
+  <c r="H27" i="2"/>
+  <c r="G27" i="2"/>
   <c r="I26" i="2"/>
   <c r="H26" i="2"/>
   <c r="G26" i="2"/>
   <c r="F26" i="2"/>
   <c r="E26" i="2"/>
   <c r="D26" i="2"/>
   <c r="J23" i="2"/>
   <c r="I23" i="2"/>
   <c r="H23" i="2"/>
+  <c r="G23" i="2"/>
+  <c r="F27" i="2"/>
+  <c r="B23" i="2"/>
   <c r="J26" i="2"/>
-  <c r="B23" i="2"/>
-[...1 lines deleted...]
-  <c r="D15" i="2"/>
   <c r="J14" i="2"/>
   <c r="I14" i="2"/>
   <c r="H14" i="2"/>
+  <c r="G14" i="2"/>
+  <c r="H11" i="2"/>
   <c r="G11" i="2"/>
-  <c r="H15" i="2"/>
-[...2 lines deleted...]
-  <c r="G14" i="2"/>
   <c r="F14" i="2"/>
-  <c r="E14" i="2"/>
-[...2 lines deleted...]
-  <c r="AC49" i="1" s="1"/>
+  <c r="U49" i="1"/>
   <c r="Y47" i="1"/>
   <c r="Y49" i="1" s="1"/>
+  <c r="E47" i="1"/>
+  <c r="E49" i="1" s="1"/>
   <c r="U45" i="1"/>
   <c r="U47" i="1" s="1"/>
-  <c r="U49" i="1" s="1"/>
   <c r="Q45" i="1"/>
   <c r="Q47" i="1" s="1"/>
   <c r="Q49" i="1" s="1"/>
-  <c r="E45" i="1"/>
-[...1 lines deleted...]
-  <c r="E49" i="1" s="1"/>
   <c r="AC45" i="1"/>
-  <c r="AD44" i="1"/>
+  <c r="AC47" i="1" s="1"/>
+  <c r="AC49" i="1" s="1"/>
   <c r="Y45" i="1"/>
   <c r="V44" i="1"/>
   <c r="R44" i="1"/>
   <c r="M45" i="1"/>
   <c r="M47" i="1" s="1"/>
   <c r="M49" i="1" s="1"/>
-  <c r="J44" i="1"/>
+  <c r="N44" i="1"/>
   <c r="I45" i="1"/>
   <c r="I47" i="1" s="1"/>
   <c r="I49" i="1" s="1"/>
-  <c r="F44" i="1"/>
+  <c r="E45" i="1"/>
   <c r="U42" i="1"/>
   <c r="Q42" i="1"/>
-  <c r="E42" i="1"/>
-  <c r="AD41" i="1"/>
   <c r="AC42" i="1"/>
-  <c r="Z41" i="1"/>
   <c r="Y42" i="1"/>
   <c r="V41" i="1"/>
   <c r="R41" i="1"/>
   <c r="M42" i="1"/>
+  <c r="N41" i="1"/>
   <c r="I42" i="1"/>
-  <c r="F41" i="1"/>
+  <c r="E42" i="1"/>
   <c r="U39" i="1"/>
   <c r="Q39" i="1"/>
-  <c r="E39" i="1"/>
   <c r="AC39" i="1"/>
+  <c r="AD38" i="1"/>
   <c r="Y39" i="1"/>
+  <c r="Z38" i="1"/>
   <c r="V38" i="1"/>
   <c r="R38" i="1"/>
   <c r="M39" i="1"/>
   <c r="I39" i="1"/>
-  <c r="F38" i="1"/>
+  <c r="E39" i="1"/>
   <c r="U36" i="1"/>
   <c r="Q36" i="1"/>
-  <c r="E36" i="1"/>
   <c r="AC36" i="1"/>
+  <c r="Z35" i="1"/>
   <c r="Y36" i="1"/>
   <c r="V35" i="1"/>
   <c r="R35" i="1"/>
   <c r="M36" i="1"/>
   <c r="I36" i="1"/>
-  <c r="F35" i="1"/>
+  <c r="E36" i="1"/>
   <c r="U33" i="1"/>
   <c r="Q33" i="1"/>
-  <c r="E33" i="1"/>
   <c r="AC33" i="1"/>
   <c r="Z32" i="1"/>
   <c r="Y33" i="1"/>
   <c r="V32" i="1"/>
   <c r="R32" i="1"/>
   <c r="M33" i="1"/>
   <c r="I33" i="1"/>
-  <c r="J32" i="1"/>
   <c r="F32" i="1"/>
+  <c r="E33" i="1"/>
   <c r="U30" i="1"/>
   <c r="Q30" i="1"/>
-  <c r="E30" i="1"/>
   <c r="AC30" i="1"/>
   <c r="Y30" i="1"/>
+  <c r="Z29" i="1"/>
   <c r="V29" i="1"/>
   <c r="R29" i="1"/>
   <c r="M30" i="1"/>
   <c r="I30" i="1"/>
-  <c r="F29" i="1"/>
+  <c r="E30" i="1"/>
   <c r="U27" i="1"/>
   <c r="Q27" i="1"/>
-  <c r="E27" i="1"/>
   <c r="AC27" i="1"/>
   <c r="Y27" i="1"/>
   <c r="V26" i="1"/>
   <c r="R26" i="1"/>
   <c r="M27" i="1"/>
+  <c r="N26" i="1"/>
   <c r="I27" i="1"/>
-  <c r="J26" i="1"/>
-  <c r="F26" i="1"/>
+  <c r="E27" i="1"/>
   <c r="U24" i="1"/>
   <c r="Q24" i="1"/>
-  <c r="E24" i="1"/>
   <c r="AC24" i="1"/>
   <c r="Y24" i="1"/>
   <c r="V23" i="1"/>
   <c r="R23" i="1"/>
   <c r="M24" i="1"/>
   <c r="I24" i="1"/>
-  <c r="F23" i="1"/>
-[...4 lines deleted...]
-  <c r="Y21" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="P21" i="1"/>
+  <c r="P24" i="1" s="1"/>
+  <c r="AD20" i="1"/>
   <c r="V20" i="1"/>
   <c r="R20" i="1"/>
-  <c r="M21" i="1"/>
-[...5 lines deleted...]
-  <c r="T21" i="1" s="1"/>
   <c r="P18" i="1"/>
-  <c r="P21" i="1" s="1"/>
-  <c r="AD17" i="1"/>
+  <c r="Z17" i="1"/>
   <c r="V17" i="1"/>
   <c r="R17" i="1"/>
   <c r="F17" i="1"/>
+  <c r="P15" i="1"/>
+  <c r="AC15" i="1"/>
+  <c r="Y15" i="1"/>
   <c r="X15" i="1"/>
-  <c r="U15" i="1"/>
-[...3 lines deleted...]
-  <c r="AD14" i="1"/>
+  <c r="Z15" i="1" s="1"/>
   <c r="V14" i="1"/>
   <c r="R14" i="1"/>
-  <c r="J14" i="1"/>
-[...2 lines deleted...]
-  <c r="Z12" i="1" s="1"/>
+  <c r="I15" i="1"/>
+  <c r="E15" i="1"/>
   <c r="U12" i="1"/>
+  <c r="U15" i="1" s="1"/>
+  <c r="U18" i="1" s="1"/>
+  <c r="U21" i="1" s="1"/>
   <c r="T12" i="1"/>
   <c r="V12" i="1" s="1"/>
   <c r="Q12" i="1"/>
   <c r="Q15" i="1" s="1"/>
+  <c r="Q18" i="1" s="1"/>
+  <c r="Q21" i="1" s="1"/>
   <c r="P12" i="1"/>
-  <c r="E12" i="1"/>
-[...1 lines deleted...]
-  <c r="E18" i="1" s="1"/>
   <c r="D12" i="1"/>
-  <c r="F12" i="1" s="1"/>
+  <c r="D15" i="1" s="1"/>
   <c r="AC12" i="1"/>
-  <c r="AB12" i="1"/>
-  <c r="AD12" i="1" s="1"/>
+  <c r="Z11" i="1"/>
   <c r="Y12" i="1"/>
+  <c r="X12" i="1"/>
+  <c r="Z12" i="1" s="1"/>
   <c r="V11" i="1"/>
   <c r="R11" i="1"/>
   <c r="M12" i="1"/>
   <c r="L12" i="1"/>
   <c r="N12" i="1" s="1"/>
   <c r="I12" i="1"/>
+  <c r="F11" i="1"/>
+  <c r="E12" i="1"/>
+  <c r="R24" i="1" l="1"/>
+  <c r="P27" i="1"/>
+  <c r="J26" i="1"/>
+  <c r="E21" i="1"/>
+  <c r="J20" i="1"/>
+  <c r="F35" i="1"/>
+  <c r="J35" i="1"/>
+  <c r="F29" i="1"/>
+  <c r="F14" i="1"/>
+  <c r="X18" i="1"/>
+  <c r="J29" i="1"/>
+  <c r="J14" i="1"/>
+  <c r="R15" i="1"/>
+  <c r="Y18" i="1"/>
+  <c r="F23" i="1"/>
+  <c r="F44" i="1"/>
+  <c r="I15" i="2"/>
+  <c r="I11" i="2"/>
+  <c r="AB12" i="1"/>
+  <c r="AD12" i="1" s="1"/>
+  <c r="AD11" i="1"/>
+  <c r="L15" i="1"/>
+  <c r="N15" i="1" s="1"/>
+  <c r="F38" i="1"/>
+  <c r="I21" i="1"/>
+  <c r="J44" i="1"/>
+  <c r="M15" i="1"/>
+  <c r="E18" i="1"/>
+  <c r="AC18" i="1"/>
+  <c r="Z26" i="1"/>
+  <c r="J38" i="1"/>
+  <c r="Z14" i="1"/>
+  <c r="Z23" i="1"/>
+  <c r="L18" i="1"/>
+  <c r="N18" i="1" s="1"/>
+  <c r="E14" i="2"/>
+  <c r="E11" i="2"/>
+  <c r="Z44" i="1"/>
+  <c r="F15" i="1"/>
+  <c r="D18" i="1"/>
+  <c r="X21" i="1"/>
+  <c r="J11" i="1"/>
   <c r="H12" i="1"/>
   <c r="J12" i="1" s="1"/>
-  <c r="F11" i="1"/>
-[...24 lines deleted...]
-  <c r="D11" i="2"/>
+  <c r="J17" i="1"/>
+  <c r="R18" i="1"/>
+  <c r="Y21" i="1"/>
+  <c r="J32" i="1"/>
+  <c r="Z41" i="1"/>
   <c r="D27" i="2"/>
   <c r="D23" i="2"/>
-  <c r="D15" i="1"/>
-[...3 lines deleted...]
-  <c r="N14" i="1"/>
+  <c r="R12" i="1"/>
   <c r="M18" i="1"/>
-  <c r="Z38" i="1"/>
-[...14 lines deleted...]
-  <c r="E11" i="2"/>
+  <c r="M21" i="1" s="1"/>
+  <c r="AC21" i="1"/>
+  <c r="F41" i="1"/>
+  <c r="D14" i="2"/>
+  <c r="D11" i="2"/>
+  <c r="D15" i="2"/>
+  <c r="J15" i="2"/>
+  <c r="G15" i="2"/>
+  <c r="E15" i="2"/>
+  <c r="J11" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="F20" i="1"/>
+  <c r="J41" i="1"/>
+  <c r="R21" i="1"/>
+  <c r="AB15" i="1"/>
+  <c r="AD15" i="1" s="1"/>
+  <c r="AD14" i="1"/>
+  <c r="J23" i="1"/>
+  <c r="I18" i="1"/>
+  <c r="Z20" i="1"/>
+  <c r="F26" i="1"/>
+  <c r="H15" i="2"/>
   <c r="E27" i="2"/>
   <c r="E23" i="2"/>
-  <c r="J41" i="1"/>
-[...1 lines deleted...]
-  <c r="Z20" i="1"/>
+  <c r="AD23" i="1"/>
+  <c r="AD26" i="1"/>
+  <c r="AD35" i="1"/>
+  <c r="F11" i="2"/>
+  <c r="N29" i="1"/>
+  <c r="AD17" i="1"/>
+  <c r="AD29" i="1"/>
+  <c r="AD32" i="1"/>
+  <c r="AD41" i="1"/>
+  <c r="AD44" i="1"/>
+  <c r="N23" i="1"/>
+  <c r="T15" i="1"/>
+  <c r="N11" i="1"/>
+  <c r="N14" i="1"/>
+  <c r="N17" i="1"/>
+  <c r="N20" i="1"/>
+  <c r="N32" i="1"/>
   <c r="N35" i="1"/>
+  <c r="N38" i="1"/>
+  <c r="F12" i="1"/>
+  <c r="F23" i="2"/>
+  <c r="H15" i="1" l="1"/>
+  <c r="V15" i="1"/>
+  <c r="T18" i="1"/>
   <c r="AB18" i="1"/>
-  <c r="J23" i="1"/>
-[...24 lines deleted...]
-  <c r="Z15" i="1" l="1"/>
+  <c r="L21" i="1"/>
+  <c r="Z21" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="F18" i="1"/>
+  <c r="Z18" i="1"/>
+  <c r="R27" i="1"/>
+  <c r="P30" i="1"/>
+  <c r="X24" i="1"/>
+  <c r="Z24" i="1" l="1"/>
+  <c r="X27" i="1"/>
+  <c r="R30" i="1"/>
+  <c r="P33" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="L24" i="1"/>
+  <c r="AD18" i="1"/>
+  <c r="AB21" i="1"/>
+  <c r="V18" i="1"/>
+  <c r="T21" i="1"/>
+  <c r="J15" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="V21" i="1" l="1"/>
+  <c r="T24" i="1"/>
+  <c r="J18" i="1"/>
+  <c r="H21" i="1"/>
+  <c r="AD21" i="1"/>
   <c r="AB24" i="1"/>
-  <c r="AD18" i="1"/>
-[...22 lines deleted...]
-  <c r="R27" i="1"/>
+  <c r="N24" i="1"/>
+  <c r="L27" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="F24" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="Z27" i="1"/>
+  <c r="X30" i="1"/>
+  <c r="Z30" i="1" l="1"/>
+  <c r="X33" i="1"/>
+  <c r="R36" i="1"/>
+  <c r="P39" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="F27" i="1"/>
+  <c r="N27" i="1"/>
+  <c r="L30" i="1"/>
   <c r="AD24" i="1"/>
   <c r="AB27" i="1"/>
-  <c r="T33" i="1" l="1"/>
-[...8 lines deleted...]
-  <c r="X27" i="1"/>
+  <c r="J21" i="1"/>
+  <c r="H24" i="1"/>
+  <c r="V24" i="1"/>
+  <c r="T27" i="1"/>
+  <c r="J24" i="1" l="1"/>
+  <c r="H27" i="1"/>
+  <c r="N30" i="1"/>
+  <c r="L33" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="F30" i="1"/>
+  <c r="R39" i="1"/>
+  <c r="P42" i="1"/>
+  <c r="V27" i="1"/>
+  <c r="T30" i="1"/>
+  <c r="Z33" i="1"/>
+  <c r="X36" i="1"/>
   <c r="AD27" i="1"/>
   <c r="AB30" i="1"/>
-  <c r="J21" i="1"/>
-[...4 lines deleted...]
-  <c r="H27" i="1"/>
+  <c r="F33" i="1" l="1"/>
+  <c r="D36" i="1"/>
   <c r="AD30" i="1"/>
   <c r="AB33" i="1"/>
-  <c r="Z27" i="1"/>
-[...4 lines deleted...]
-  <c r="D27" i="1"/>
+  <c r="Z36" i="1"/>
+  <c r="X39" i="1"/>
+  <c r="T33" i="1"/>
+  <c r="V30" i="1"/>
+  <c r="R42" i="1"/>
+  <c r="P45" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="L36" i="1"/>
+  <c r="J27" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="N36" i="1" l="1"/>
+  <c r="L39" i="1"/>
+  <c r="J30" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="P47" i="1"/>
+  <c r="R45" i="1"/>
   <c r="V33" i="1"/>
   <c r="T36" i="1"/>
-  <c r="T39" i="1" l="1"/>
-[...6 lines deleted...]
-  <c r="X33" i="1"/>
+  <c r="Z39" i="1"/>
+  <c r="X42" i="1"/>
   <c r="AD33" i="1"/>
   <c r="AB36" i="1"/>
-  <c r="J27" i="1"/>
-[...8 lines deleted...]
-  <c r="R39" i="1"/>
+  <c r="D39" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="D42" i="1" l="1"/>
+  <c r="F39" i="1"/>
   <c r="AD36" i="1"/>
   <c r="AB39" i="1"/>
-  <c r="N30" i="1"/>
-[...2 lines deleted...]
-  <c r="D33" i="1"/>
+  <c r="Z42" i="1"/>
+  <c r="X45" i="1"/>
+  <c r="T39" i="1"/>
+  <c r="V36" i="1"/>
+  <c r="R47" i="1"/>
+  <c r="J33" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="N39" i="1"/>
+  <c r="L42" i="1"/>
+  <c r="J36" i="1" l="1"/>
+  <c r="H39" i="1"/>
+  <c r="N42" i="1"/>
+  <c r="L45" i="1"/>
   <c r="V39" i="1"/>
   <c r="T42" i="1"/>
-  <c r="T45" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="L36" i="1"/>
+  <c r="Z45" i="1"/>
+  <c r="X47" i="1"/>
   <c r="AD39" i="1"/>
   <c r="AB42" i="1"/>
-  <c r="P45" i="1"/>
-[...40 lines deleted...]
-  <c r="P49" i="1"/>
   <c r="F42" i="1"/>
   <c r="D45" i="1"/>
   <c r="D47" i="1" l="1"/>
   <c r="F45" i="1"/>
+  <c r="AD42" i="1"/>
+  <c r="AB45" i="1"/>
+  <c r="Z47" i="1"/>
+  <c r="V42" i="1"/>
+  <c r="T45" i="1"/>
+  <c r="L47" i="1"/>
+  <c r="N45" i="1"/>
+  <c r="J39" i="1"/>
+  <c r="H42" i="1"/>
+  <c r="J42" i="1" l="1"/>
+  <c r="H45" i="1"/>
+  <c r="N47" i="1"/>
+  <c r="V45" i="1"/>
+  <c r="T47" i="1"/>
+  <c r="AD45" i="1"/>
+  <c r="AB47" i="1"/>
+  <c r="D49" i="1"/>
+  <c r="F47" i="1"/>
+  <c r="AD47" i="1" l="1"/>
+  <c r="AB49" i="1"/>
+  <c r="P49" i="1"/>
+  <c r="X49" i="1"/>
+  <c r="V47" i="1"/>
+  <c r="T49" i="1"/>
+  <c r="L49" i="1"/>
   <c r="J45" i="1"/>
   <c r="H47" i="1"/>
-  <c r="N45" i="1"/>
-[...4 lines deleted...]
-  <c r="N47" i="1"/>
+  <c r="J47" i="1" l="1"/>
   <c r="H49" i="1"/>
-  <c r="J47" i="1"/>
-[...1 lines deleted...]
-  <c r="D49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="57">
   <si>
     <t>Australian Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>South Australia</t>
   </si>
   <si>
     <t>Western Australia *</t>
   </si>
   <si>
     <t>Tasmania</t>
   </si>
   <si>
@@ -670,57 +670,57 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>25/26 by State</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>September-23</t>
+    <t>October-23</t>
   </si>
   <si>
-    <t>September-24</t>
+    <t>October-24</t>
   </si>
   <si>
-    <t>September-25</t>
+    <t>October-25</t>
   </si>
   <si>
     <t>% change 24 &amp; 25</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="mmmm\-yy"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
@@ -1461,51 +1461,51 @@
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{6C9DF4BC-EF8A-4D6A-A046-101882E3D149}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{24454ECD-241E-4405-AB77-626286D8FBCF}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1683,51 +1683,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-17F7-4919-AB1B-6DC61C51A7CD}"/>
+              <c16:uniqueId val="{00000000-92A9-42B4-8669-DE5FCBB4160A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1790,51 +1790,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-17F7-4919-AB1B-6DC61C51A7CD}"/>
+              <c16:uniqueId val="{00000001-92A9-42B4-8669-DE5FCBB4160A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1897,51 +1897,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-17F7-4919-AB1B-6DC61C51A7CD}"/>
+              <c16:uniqueId val="{00000002-92A9-42B4-8669-DE5FCBB4160A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1124486688"/>
         <c:axId val="1124489040"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1124486688"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2273,51 +2273,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-0DB3-4ED2-8577-0AA1E0B7C00D}"/>
+              <c16:uniqueId val="{00000000-03D6-4A29-B6E9-C0873F3B6C12}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2380,51 +2380,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-0DB3-4ED2-8577-0AA1E0B7C00D}"/>
+              <c16:uniqueId val="{00000001-03D6-4A29-B6E9-C0873F3B6C12}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2487,51 +2487,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-0DB3-4ED2-8577-0AA1E0B7C00D}"/>
+              <c16:uniqueId val="{00000002-03D6-4A29-B6E9-C0873F3B6C12}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291193072"/>
         <c:axId val="1291191112"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291193072"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2863,51 +2863,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-19CC-4B68-BA2E-6B32EC3F46E0}"/>
+              <c16:uniqueId val="{00000000-1424-4E36-A01E-AFD0C0194757}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2970,51 +2970,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-19CC-4B68-BA2E-6B32EC3F46E0}"/>
+              <c16:uniqueId val="{00000001-1424-4E36-A01E-AFD0C0194757}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3077,51 +3077,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-19CC-4B68-BA2E-6B32EC3F46E0}"/>
+              <c16:uniqueId val="{00000002-1424-4E36-A01E-AFD0C0194757}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291191504"/>
         <c:axId val="1291191896"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291191504"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3453,51 +3453,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-CC97-431C-803F-9B5617699012}"/>
+              <c16:uniqueId val="{00000000-6DEB-4D0C-99FD-0C78EE653FC4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3560,51 +3560,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-CC97-431C-803F-9B5617699012}"/>
+              <c16:uniqueId val="{00000001-6DEB-4D0C-99FD-0C78EE653FC4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3667,51 +3667,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-CC97-431C-803F-9B5617699012}"/>
+              <c16:uniqueId val="{00000002-6DEB-4D0C-99FD-0C78EE653FC4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291192680"/>
         <c:axId val="1291195424"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291192680"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4062,51 +4062,51 @@
                 <c:v>799409.62297154078</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>708249.81108329748</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>572353.01328570175</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>595894.38863573421</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>594030.57170178427</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>620341.77080697089</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>565108.6750732275</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-AD23-4109-8A54-186DFEBC8B36}"/>
+              <c16:uniqueId val="{00000000-B332-4681-ACAF-A4A30442ED6F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4127,66 +4127,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>556343.69957406505</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>661521.84903418296</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>808805.29865461995</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>895901.37090783904</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-AD23-4109-8A54-186DFEBC8B36}"/>
+              <c16:uniqueId val="{00000001-B332-4681-ACAF-A4A30442ED6F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291195816"/>
         <c:axId val="1291196208"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291195816"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4537,51 +4540,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-6C06-4B9D-B3B5-EA5B2108EB37}"/>
+              <c16:uniqueId val="{00000000-CD76-4BE3-820F-37F6E3055428}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4644,51 +4647,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-6C06-4B9D-B3B5-EA5B2108EB37}"/>
+              <c16:uniqueId val="{00000001-CD76-4BE3-820F-37F6E3055428}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4751,51 +4754,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-6C06-4B9D-B3B5-EA5B2108EB37}"/>
+              <c16:uniqueId val="{00000002-CD76-4BE3-820F-37F6E3055428}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1124494528"/>
         <c:axId val="1124496096"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1124494528"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5127,51 +5130,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-8275-4178-8A76-E3FC49D00A4A}"/>
+              <c16:uniqueId val="{00000000-DA74-451D-8E04-D373FC622FD5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5234,51 +5237,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-8275-4178-8A76-E3FC49D00A4A}"/>
+              <c16:uniqueId val="{00000001-DA74-451D-8E04-D373FC622FD5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5341,51 +5344,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-8275-4178-8A76-E3FC49D00A4A}"/>
+              <c16:uniqueId val="{00000002-DA74-451D-8E04-D373FC622FD5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1518810928"/>
         <c:axId val="1518819160"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1518810928"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5717,51 +5720,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-5AAB-4CD7-BB44-40AA4B3F41A5}"/>
+              <c16:uniqueId val="{00000000-514E-479C-B46A-322B65746B52}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5824,51 +5827,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-5AAB-4CD7-BB44-40AA4B3F41A5}"/>
+              <c16:uniqueId val="{00000001-514E-479C-B46A-322B65746B52}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5931,51 +5934,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-5AAB-4CD7-BB44-40AA4B3F41A5}"/>
+              <c16:uniqueId val="{00000002-514E-479C-B46A-322B65746B52}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1075695488"/>
         <c:axId val="1075691176"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1075695488"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6307,51 +6310,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-BCD0-40F4-B381-8208E8142B39}"/>
+              <c16:uniqueId val="{00000000-65DD-4A98-B7C8-E619BD36D0CE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6414,51 +6417,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-BCD0-40F4-B381-8208E8142B39}"/>
+              <c16:uniqueId val="{00000001-65DD-4A98-B7C8-E619BD36D0CE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6521,51 +6524,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-BCD0-40F4-B381-8208E8142B39}"/>
+              <c16:uniqueId val="{00000002-65DD-4A98-B7C8-E619BD36D0CE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="810395840"/>
         <c:axId val="622139768"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="810395840"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6897,51 +6900,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D802-421D-B60B-7F4DCCD2F9B8}"/>
+              <c16:uniqueId val="{00000000-1B1B-44E0-A5AB-BD58B55771B3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7004,51 +7007,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D802-421D-B60B-7F4DCCD2F9B8}"/>
+              <c16:uniqueId val="{00000001-1B1B-44E0-A5AB-BD58B55771B3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7111,51 +7114,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-D802-421D-B60B-7F4DCCD2F9B8}"/>
+              <c16:uniqueId val="{00000002-1B1B-44E0-A5AB-BD58B55771B3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291196992"/>
         <c:axId val="1291198560"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291196992"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7487,51 +7490,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-106B-475E-B4D0-E234368E1345}"/>
+              <c16:uniqueId val="{00000000-D6D5-421E-8CE7-FB61B9DE7B5B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7594,51 +7597,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-106B-475E-B4D0-E234368E1345}"/>
+              <c16:uniqueId val="{00000001-D6D5-421E-8CE7-FB61B9DE7B5B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7701,51 +7704,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-106B-475E-B4D0-E234368E1345}"/>
+              <c16:uniqueId val="{00000002-D6D5-421E-8CE7-FB61B9DE7B5B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291199736"/>
         <c:axId val="1291199344"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291199736"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8077,51 +8080,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2C59-409E-9ADD-2C0F09FC3C2F}"/>
+              <c16:uniqueId val="{00000000-A7CA-4942-A828-477B5D8E7738}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8184,51 +8187,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2C59-409E-9ADD-2C0F09FC3C2F}"/>
+              <c16:uniqueId val="{00000001-A7CA-4942-A828-477B5D8E7738}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8291,51 +8294,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2C59-409E-9ADD-2C0F09FC3C2F}"/>
+              <c16:uniqueId val="{00000002-A7CA-4942-A828-477B5D8E7738}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291195032"/>
         <c:axId val="1291198952"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291195032"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8667,51 +8670,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-9C03-4F38-9B0D-FB66D2A17D6A}"/>
+              <c16:uniqueId val="{00000000-024A-49DE-9FF1-DD793DDD0CA1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8774,51 +8777,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-9C03-4F38-9B0D-FB66D2A17D6A}"/>
+              <c16:uniqueId val="{00000001-024A-49DE-9FF1-DD793DDD0CA1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8881,51 +8884,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-9C03-4F38-9B0D-FB66D2A17D6A}"/>
+              <c16:uniqueId val="{00000002-024A-49DE-9FF1-DD793DDD0CA1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291192288"/>
         <c:axId val="1291200520"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291192288"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9187,51 +9190,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAD07F63-374F-4DC4-915D-6DA73670508C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DFA4CD8-4217-4920-8C4A-82202EAB6734}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="10642600" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -9241,51 +9244,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>42333</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>588435</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>98778</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FB776F6-E0B3-42D4-AB39-8590356AD57D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3B84AE2-DA9C-400E-AD3D-C860E46A43F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="42333" y="0"/>
           <a:ext cx="1619252" cy="873478"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -9566,594 +9569,594 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>22678</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>22678</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>31</xdr:col>
       <xdr:colOff>5671</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>34018</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB436244-369E-4C65-8DDB-D7589A0C472F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2682133A-F7DD-4C04-A3A7-6850FD205F67}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="14995978" y="22678"/>
           <a:ext cx="2307093" cy="1243240"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7649BDBC-F38E-472A-9257-BB8FDAFFB679}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62AA6EC6-418B-4CD7-8BFF-252E326C51BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C30BB75-6D71-4072-AD45-4D7EAF0C50B5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0C9CEB7-DA83-4B64-A86C-49F9EF023347}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AEC46B4-158D-4BA8-BB6F-ECCEB6571647}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{921F469C-48C6-46C5-9BB4-92EECCF86AA2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E6C8DCA-9C7C-4355-B91B-F584AA7109BB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17424044-E782-44DC-93A4-F6B7B5B6022D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{580B1576-5282-4CE0-8F65-E40F29AEED40}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEB40E8D-7D40-4EBB-BEC4-485DD9DE98C1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEEFFC67-61EE-4E0B-968F-BEB6A8ECE407}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9782E2A-FF1D-42A2-9172-C7606528847D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F303C238-AEB2-4DE6-BE85-09593C7E65DD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{975457F5-E6C9-40BA-AE19-2986D1A43743}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00F34647-CE45-4D21-B64D-F669FFC031C4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BBF7E36-C1E7-49EC-B9EB-09E337DDB2D9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDF06BC6-EAB2-4B1A-A746-C453276893C4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AE9DB5F-9BD1-4917-AEA9-5268C5732EE1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA91C84F-1D02-44F8-8BA8-497A9C9B9488}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E2C900-9EB3-4F9A-92D4-C00EAD48CF4B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A657F6D-6A3A-4E8D-AD77-B565D7345444}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FF04128-32C6-4CB8-A854-76A4D453BEDB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BB6669B-801D-438C-9B70-6382C5381D64}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CDB0FDB-AD4D-4486-9078-831C2DF23CF0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B293E4DF-6D9A-4040-989D-EE0532E5DDC8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6CEA19E-AEB1-409E-B2E4-B1BFB05F1E86}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>749300</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>647700</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAD15234-89FF-4A00-BF96-2EACF84AFAF0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AD7C4DD-2707-4303-9C91-D10D4A28A02C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7550150" y="1181100"/>
           <a:ext cx="1409700" cy="762000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -10712,58 +10715,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{512AE469-E994-4380-9884-464C48BAEB1A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7EF508F-20F4-4B01-94A0-AE2AE0721D65}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K53"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" workbookViewId="0">
-      <selection activeCell="A3" sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A9" zoomScale="90" workbookViewId="0">
+      <selection activeCell="A9" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="69" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="70" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="69" customWidth="1"/>
     <col min="4" max="10" width="14.61328125" style="90" customWidth="1"/>
     <col min="11" max="11" width="12.765625" style="69" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="9" style="69"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="D1" s="71"/>
       <c r="E1" s="71"/>
       <c r="F1" s="71"/>
       <c r="G1" s="71"/>
       <c r="H1" s="71"/>
       <c r="I1" s="71"/>
       <c r="J1" s="71"/>
     </row>
     <row r="2" spans="1:11" ht="17.5" x14ac:dyDescent="0.35">
       <c r="D2" s="71"/>
       <c r="E2" s="72"/>
       <c r="F2" s="71"/>
@@ -10813,255 +10816,255 @@
       </c>
       <c r="F6" s="78" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="78" t="s">
         <v>35</v>
       </c>
       <c r="H6" s="78" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="79" t="s">
         <v>37</v>
       </c>
       <c r="J6" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:11" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="81" t="s">
         <v>39</v>
       </c>
       <c r="B7" s="82" t="s">
         <v>50</v>
       </c>
       <c r="D7" s="83">
-        <v>91551.702267417451</v>
+        <v>96214.814134730928</v>
       </c>
       <c r="E7" s="84">
-        <v>525146.86077552184</v>
+        <v>582857.73437199602</v>
       </c>
       <c r="F7" s="84">
-        <v>26068.019840000001</v>
+        <v>27413.159540977711</v>
       </c>
       <c r="G7" s="84">
-        <v>43231.617979999995</v>
+        <v>48606.85177802547</v>
       </c>
       <c r="H7" s="84">
-        <v>31007.363359999999</v>
+        <v>32627.30618</v>
       </c>
       <c r="I7" s="84">
-        <v>84153.028000000006</v>
+        <v>118358.22740874502</v>
       </c>
       <c r="J7" s="85">
-        <v>801158.59222293936</v>
+        <v>906078.09341447509</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="86"/>
       <c r="B8" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D8" s="88">
-        <v>97340.092267417451</v>
+        <v>101770.03113473093</v>
       </c>
       <c r="E8" s="84">
-        <v>535434.60254225065</v>
+        <v>593831.31759615103</v>
       </c>
       <c r="F8" s="84">
-        <v>25740.39084</v>
+        <v>26693.499540977711</v>
       </c>
       <c r="G8" s="84">
-        <v>44187.901989604907</v>
+        <v>50196.50621779506</v>
       </c>
       <c r="H8" s="84">
-        <v>28834.259860339174</v>
+        <v>31744.441361049943</v>
       </c>
       <c r="I8" s="84">
-        <v>80918.802809999994</v>
+        <v>113528.22290874504</v>
       </c>
       <c r="J8" s="89">
-        <v>812456.05030961218</v>
+        <v>917764.01875944971</v>
       </c>
       <c r="K8" s="90"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A9" s="91"/>
       <c r="B9" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="88">
-        <v>98318.758267417448</v>
+        <v>103361.02541973093</v>
       </c>
       <c r="E9" s="84">
-        <v>527702.71058725961</v>
+        <v>575822.37375453988</v>
       </c>
       <c r="F9" s="84">
-        <v>26010.789840000001</v>
+        <v>26407.191255977712</v>
       </c>
       <c r="G9" s="84">
-        <v>41889.611989604906</v>
+        <v>46156.723217795057</v>
       </c>
       <c r="H9" s="84">
-        <v>27782.630860339177</v>
+        <v>31104.055361049941</v>
       </c>
       <c r="I9" s="84">
-        <v>87100.79711</v>
+        <v>113050.00189874503</v>
       </c>
       <c r="J9" s="89">
-        <v>808805.29865462112</v>
+        <v>895901.37090783857</v>
       </c>
       <c r="K9" s="90"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A10" s="91"/>
       <c r="B10" s="92"/>
       <c r="C10" s="93"/>
       <c r="D10" s="94"/>
       <c r="E10" s="95"/>
       <c r="F10" s="96"/>
       <c r="G10" s="95"/>
       <c r="H10" s="95"/>
       <c r="I10" s="95"/>
       <c r="J10" s="97"/>
     </row>
     <row r="11" spans="1:11" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="98"/>
       <c r="B11" s="92" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="99">
         <f t="shared" ref="D11:J11" si="0">(D9-D8)/D8</f>
-        <v>1.0054089504161949E-2</v>
+        <v>1.5633229814911952E-2</v>
       </c>
       <c r="E11" s="95">
         <f t="shared" si="0"/>
-        <v>-1.4440403960222049E-2</v>
+        <v>-3.0326699363906837E-2</v>
       </c>
       <c r="F11" s="95">
         <f t="shared" si="0"/>
-        <v>1.0504852147769535E-2</v>
+        <v>-1.0725768068007784E-2</v>
       </c>
       <c r="G11" s="95">
         <f t="shared" si="0"/>
-        <v>-5.2011747481033786E-2</v>
+        <v>-8.047936608320895E-2</v>
       </c>
       <c r="H11" s="95">
         <f t="shared" si="0"/>
-        <v>-3.6471510109627868E-2</v>
+        <v>-2.0173169617838931E-2</v>
       </c>
       <c r="I11" s="95">
         <f t="shared" si="0"/>
-        <v>7.6397500770192209E-2</v>
+        <v>-4.2123535253820238E-3</v>
       </c>
       <c r="J11" s="97">
         <f t="shared" si="0"/>
-        <v>-4.4934758669097612E-3</v>
+        <v>-2.3821644131530768E-2</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="98"/>
       <c r="B12" s="100"/>
       <c r="D12" s="101"/>
       <c r="J12" s="100"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A13" s="91"/>
       <c r="B13" s="102"/>
       <c r="D13" s="88"/>
       <c r="E13" s="84"/>
       <c r="F13" s="84"/>
       <c r="G13" s="84"/>
       <c r="H13" s="84"/>
       <c r="I13" s="84"/>
       <c r="J13" s="89"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="103" t="s">
         <v>40</v>
       </c>
       <c r="B14" s="104" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="105"/>
       <c r="D14" s="106">
         <f t="shared" ref="D14:J14" si="1">D8/$J$8</f>
-        <v>0.1198096712189206</v>
+        <v>0.11088910553749366</v>
       </c>
       <c r="E14" s="107">
         <f t="shared" si="1"/>
-        <v>0.65903208221319332</v>
+        <v>0.64704140221016559</v>
       </c>
       <c r="F14" s="107">
         <f t="shared" si="1"/>
-        <v>3.168219478480197E-2</v>
+        <v>2.9085362898688887E-2</v>
       </c>
       <c r="G14" s="107">
         <f t="shared" si="1"/>
-        <v>5.4388052095575762E-2</v>
+        <v>5.469434973670699E-2</v>
       </c>
       <c r="H14" s="107">
         <f t="shared" si="1"/>
-        <v>3.549023956354435E-2</v>
+        <v>3.4588892909485823E-2</v>
       </c>
       <c r="I14" s="107">
         <f t="shared" si="1"/>
-        <v>9.9597760123964013E-2</v>
+        <v>0.12370088670745909</v>
       </c>
       <c r="J14" s="108">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A15" s="91"/>
       <c r="B15" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="109">
         <f t="shared" ref="D15:J15" si="2">D9/$J$9</f>
-        <v>0.12156047744860518</v>
+        <v>0.11537098700384027</v>
       </c>
       <c r="E15" s="110">
         <f t="shared" si="2"/>
-        <v>0.65244714823833161</v>
+        <v>0.64272964910305375</v>
       </c>
       <c r="F15" s="110">
         <f t="shared" si="2"/>
-        <v>3.2159519581865671E-2</v>
+        <v>2.9475556253718716E-2</v>
       </c>
       <c r="G15" s="110">
         <f t="shared" si="2"/>
-        <v>5.1791960388099231E-2</v>
+        <v>5.1519871178479539E-2</v>
       </c>
       <c r="H15" s="110">
         <f t="shared" si="2"/>
-        <v>3.4350208766625569E-2</v>
+        <v>3.4718169176961355E-2</v>
       </c>
       <c r="I15" s="110">
         <f t="shared" si="2"/>
-        <v>0.10769068557647282</v>
+        <v>0.12618576728394637</v>
       </c>
       <c r="J15" s="111">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="112"/>
       <c r="B16" s="113"/>
       <c r="C16" s="114"/>
       <c r="D16" s="115"/>
       <c r="E16" s="116"/>
       <c r="F16" s="116"/>
       <c r="G16" s="116"/>
       <c r="H16" s="116"/>
       <c r="I16" s="116"/>
       <c r="J16" s="117"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A17" s="86"/>
       <c r="D17" s="84"/>
       <c r="E17" s="84"/>
       <c r="F17" s="84"/>
       <c r="G17" s="84"/>
       <c r="H17" s="84"/>
@@ -11077,253 +11080,253 @@
       </c>
       <c r="F18" s="78" t="s">
         <v>34</v>
       </c>
       <c r="G18" s="78" t="s">
         <v>35</v>
       </c>
       <c r="H18" s="78" t="s">
         <v>36</v>
       </c>
       <c r="I18" s="79" t="s">
         <v>37</v>
       </c>
       <c r="J18" s="119" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="81" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="120" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="83">
-        <v>266324.86856371985</v>
+        <v>362539.68269845081</v>
       </c>
       <c r="E19" s="84">
-        <v>1352442.6139713309</v>
+        <v>1935300.3483433267</v>
       </c>
       <c r="F19" s="84">
-        <v>75640.584514977032</v>
+        <v>103053.74405595475</v>
       </c>
       <c r="G19" s="84">
-        <v>110411.46628959493</v>
+        <v>159018.31806762042</v>
       </c>
       <c r="H19" s="84">
-        <v>89075.927096087704</v>
+        <v>121703.23327608772</v>
       </c>
       <c r="I19" s="84">
-        <v>140926.1225263036</v>
+        <v>259284.34993504864</v>
       </c>
       <c r="J19" s="121">
-        <v>2034821.582962014</v>
+        <v>2940899.676376489</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A20" s="86"/>
       <c r="B20" s="102" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="88">
-        <v>280609.45967402513</v>
+        <v>382379.49080875603</v>
       </c>
       <c r="E20" s="84">
-        <v>1388482.5910939742</v>
+        <v>1982313.9086901254</v>
       </c>
       <c r="F20" s="84">
-        <v>73687.505696977038</v>
+        <v>100381.00523795476</v>
       </c>
       <c r="G20" s="84">
-        <v>112197.15833747057</v>
+        <v>162393.66455526563</v>
       </c>
       <c r="H20" s="84">
-        <v>85098.784745065263</v>
+        <v>116843.22610611521</v>
       </c>
       <c r="I20" s="84">
-        <v>133761.36443630361</v>
+        <v>247289.58734504861</v>
       </c>
       <c r="J20" s="89">
-        <v>2073836.8639838158</v>
+        <v>2991600.8827432655</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A21" s="91"/>
       <c r="B21" s="102" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="88">
-        <v>283687.79867402511</v>
+        <v>387048.82409375609</v>
       </c>
       <c r="E21" s="84">
-        <v>1344156.6072238756</v>
+        <v>1919978.9809784156</v>
       </c>
       <c r="F21" s="84">
-        <v>75561.959696977035</v>
+        <v>101969.15095295475</v>
       </c>
       <c r="G21" s="84">
-        <v>103888.02391290842</v>
+        <v>150044.7471307035</v>
       </c>
       <c r="H21" s="84">
-        <v>80099.535318779876</v>
+        <v>111203.59067982982</v>
       </c>
       <c r="I21" s="84">
-        <v>139276.92243630358</v>
+        <v>252326.92433504862</v>
       </c>
       <c r="J21" s="89">
-        <v>2026670.8472628698</v>
+        <v>2922572.2181707085</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A22" s="91"/>
       <c r="B22" s="92"/>
       <c r="C22" s="93"/>
       <c r="D22" s="94"/>
       <c r="E22" s="95"/>
       <c r="F22" s="96"/>
       <c r="G22" s="95"/>
       <c r="H22" s="95"/>
       <c r="I22" s="95"/>
       <c r="J22" s="97"/>
     </row>
     <row r="23" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="98"/>
       <c r="B23" s="92" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="99">
         <f t="shared" ref="D23:J23" si="3">(D21-D20)/D20</f>
-        <v>1.0970189684895101E-2</v>
+        <v>1.2211254518708975E-2</v>
       </c>
       <c r="E23" s="95">
         <f t="shared" si="3"/>
-        <v>-3.1924047268878264E-2</v>
+        <v>-3.1445538185674929E-2</v>
       </c>
       <c r="F23" s="95">
         <f t="shared" si="3"/>
-        <v>2.5437880984983532E-2</v>
+        <v>1.5821177634506318E-2</v>
       </c>
       <c r="G23" s="95">
         <f t="shared" si="3"/>
-        <v>-7.4058332204543331E-2</v>
+        <v>-7.6043098469272832E-2</v>
       </c>
       <c r="H23" s="95">
         <f t="shared" si="3"/>
-        <v>-5.8746425595405286E-2</v>
+        <v>-4.8266687032105363E-2</v>
       </c>
       <c r="I23" s="95">
         <f t="shared" si="3"/>
-        <v>4.1234313235690996E-2</v>
+        <v>2.0370194491736944E-2</v>
       </c>
       <c r="J23" s="97">
         <f t="shared" si="3"/>
-        <v>-2.2743359200559581E-2</v>
+        <v>-2.3074155703971592E-2</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="98"/>
       <c r="B24" s="100"/>
       <c r="D24" s="101"/>
       <c r="J24" s="100"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A25" s="91"/>
       <c r="B25" s="102"/>
       <c r="D25" s="88"/>
       <c r="E25" s="84"/>
       <c r="F25" s="84"/>
       <c r="G25" s="84"/>
       <c r="H25" s="84"/>
       <c r="I25" s="84"/>
       <c r="J25" s="89"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A26" s="103" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="122" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="109">
         <f t="shared" ref="D26:J26" si="4">D20/$J$20</f>
-        <v>0.13530932184076316</v>
+        <v>0.12781768216959416</v>
       </c>
       <c r="E26" s="110">
         <f t="shared" si="4"/>
-        <v>0.66952353640137141</v>
+        <v>0.66262646201399877</v>
       </c>
       <c r="F26" s="110">
         <f t="shared" si="4"/>
-        <v>3.5531968293506085E-2</v>
+        <v>3.3554277182157553E-2</v>
       </c>
       <c r="G26" s="110">
         <f t="shared" si="4"/>
-        <v>5.4101245997692012E-2</v>
+        <v>5.4283198501516819E-2</v>
       </c>
       <c r="H26" s="110">
         <f t="shared" si="4"/>
-        <v>4.1034464293199763E-2</v>
+        <v>3.9057090396019421E-2</v>
       </c>
       <c r="I26" s="110">
         <f t="shared" si="4"/>
-        <v>6.4499463173467581E-2</v>
+        <v>8.2661289736713398E-2</v>
       </c>
       <c r="J26" s="111">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A27" s="91"/>
       <c r="B27" s="102" t="s">
         <v>56</v>
       </c>
       <c r="D27" s="109">
         <f t="shared" ref="D27:J27" si="5">D21/$J$21</f>
-        <v>0.13997724349622981</v>
+        <v>0.13243430622084576</v>
       </c>
       <c r="E27" s="110">
         <f t="shared" si="5"/>
-        <v>0.66323379992327458</v>
+        <v>0.6569483446948543</v>
       </c>
       <c r="F27" s="110">
         <f t="shared" si="5"/>
-        <v>3.7283784783813126E-2</v>
+        <v>3.4890207440888873E-2</v>
       </c>
       <c r="G27" s="110">
         <f t="shared" si="5"/>
-        <v>5.1260432375200393E-2</v>
+        <v>5.1339962173670171E-2</v>
       </c>
       <c r="H27" s="110">
         <f t="shared" si="5"/>
-        <v>3.9522715505065212E-2</v>
+        <v>3.8049903433843693E-2</v>
       </c>
       <c r="I27" s="110">
         <f t="shared" si="5"/>
-        <v>6.8722023916416769E-2</v>
+        <v>8.6337276035897123E-2</v>
       </c>
       <c r="J27" s="111">
         <f t="shared" si="5"/>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A28" s="112"/>
       <c r="B28" s="113"/>
       <c r="C28" s="114"/>
       <c r="D28" s="115"/>
       <c r="E28" s="116"/>
       <c r="F28" s="116"/>
       <c r="G28" s="116"/>
       <c r="H28" s="116"/>
       <c r="I28" s="116"/>
       <c r="J28" s="117"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A29" s="86"/>
       <c r="D29" s="84"/>
       <c r="E29" s="84"/>
       <c r="F29" s="84"/>
       <c r="G29" s="84"/>
       <c r="H29" s="84"/>
@@ -11437,297 +11440,297 @@
       </c>
       <c r="F37" s="124" t="s">
         <v>34</v>
       </c>
       <c r="G37" s="124" t="s">
         <v>35</v>
       </c>
       <c r="H37" s="124" t="s">
         <v>36</v>
       </c>
       <c r="I37" s="125" t="s">
         <v>37</v>
       </c>
       <c r="J37" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A38" s="103" t="s">
         <v>44</v>
       </c>
       <c r="B38" s="133" t="s">
         <v>50</v>
       </c>
       <c r="D38" s="134">
-        <v>3.9826718383492471E-2</v>
+        <v>4.0010938190580284E-2</v>
       </c>
       <c r="E38" s="135">
-        <v>4.0334947364472171E-2</v>
+        <v>4.0580346209996586E-2</v>
       </c>
       <c r="F38" s="135">
-        <v>4.0354158668616372E-2</v>
+        <v>4.0195945297617323E-2</v>
       </c>
       <c r="G38" s="135">
-        <v>3.8683187843528422E-2</v>
+        <v>3.8093221372716549E-2</v>
       </c>
       <c r="H38" s="135">
-        <v>3.9474338497899303E-2</v>
+        <v>3.8997858636578384E-2</v>
       </c>
       <c r="I38" s="135">
-        <v>4.1732224834500314E-2</v>
+        <v>4.0447922994069879E-2</v>
       </c>
       <c r="J38" s="136">
-        <v>4.0301824401887447E-2</v>
+        <v>4.0300546792987973E-2</v>
       </c>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A39" s="91"/>
       <c r="B39" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D39" s="137">
-        <v>4.0555135674092413E-2</v>
+        <v>4.050143860824898E-2</v>
       </c>
       <c r="E39" s="138">
-        <v>4.0942692617762698E-2</v>
+        <v>4.0771890724349627E-2</v>
       </c>
       <c r="F39" s="138">
-        <v>4.0898266088643422E-2</v>
+        <v>4.0865671871513708E-2</v>
       </c>
       <c r="G39" s="138">
-        <v>3.8740985144190311E-2</v>
+        <v>3.7662888261545263E-2</v>
       </c>
       <c r="H39" s="138">
-        <v>3.8662868237816783E-2</v>
+        <v>3.8940252694570104E-2</v>
       </c>
       <c r="I39" s="138">
-        <v>4.3065556137582166E-2</v>
+        <v>4.1244957315216088E-2</v>
       </c>
       <c r="J39" s="139">
-        <v>4.0905626375257714E-2</v>
+        <v>4.0569747746870791E-2</v>
       </c>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A40" s="91"/>
       <c r="B40" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D40" s="137">
-        <v>4.0214894549213301E-2</v>
+        <v>4.0267720723176692E-2</v>
       </c>
       <c r="E40" s="138">
-        <v>4.0094480708050231E-2</v>
+        <v>4.0626918354472651E-2</v>
       </c>
       <c r="F40" s="138">
-        <v>4.1033158253375043E-2</v>
+        <v>4.0838557303964518E-2</v>
       </c>
       <c r="G40" s="138">
-        <v>3.8090605253831816E-2</v>
+        <v>3.8440161933261607E-2</v>
       </c>
       <c r="H40" s="138">
-        <v>3.7751687231770616E-2</v>
+        <v>3.8124629392609813E-2</v>
       </c>
       <c r="I40" s="138">
-        <v>4.2334837669087765E-2</v>
+        <v>4.1716662347051944E-2</v>
       </c>
       <c r="J40" s="139">
-        <v>4.0196311184888665E-2</v>
+        <v>4.0529689426201401E-2</v>
       </c>
     </row>
     <row r="41" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="140"/>
       <c r="B41" s="141" t="s">
         <v>53</v>
       </c>
       <c r="D41" s="142">
         <f>(D40-D39)/D39</f>
-        <v>-8.3895940482937702E-3</v>
+        <v>-5.7706069982582297E-3</v>
       </c>
       <c r="E41" s="143">
         <f t="shared" ref="E41:J41" si="7">(E40-E39)/E39</f>
-        <v>-2.0717052433050675E-2</v>
+        <v>-3.5556940652349146E-3</v>
       </c>
       <c r="F41" s="143">
         <f t="shared" si="7"/>
-        <v>3.2982367623912161E-3</v>
+        <v>-6.6350475368277709E-4</v>
       </c>
       <c r="G41" s="143">
         <f t="shared" si="7"/>
-        <v>-1.6787902732412246E-2</v>
+        <v>2.0637654401825571E-2</v>
       </c>
       <c r="H41" s="143">
         <f t="shared" si="7"/>
-        <v>-2.356734116158838E-2</v>
+        <v>-2.0945506141361619E-2</v>
       </c>
       <c r="I41" s="143">
         <f t="shared" si="7"/>
-        <v>-1.6967584632135348E-2</v>
+        <v>1.1436671596744139E-2</v>
       </c>
       <c r="J41" s="144">
         <f t="shared" si="7"/>
-        <v>-1.7340284289060225E-2</v>
+        <v>-9.8739388076375645E-4</v>
       </c>
     </row>
     <row r="43" spans="1:10" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="D43" s="123" t="s">
         <v>32</v>
       </c>
       <c r="E43" s="124" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="124" t="s">
         <v>34</v>
       </c>
       <c r="G43" s="124" t="s">
         <v>35</v>
       </c>
       <c r="H43" s="124" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="125" t="s">
         <v>37</v>
       </c>
       <c r="J43" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A44" s="103" t="s">
         <v>45</v>
       </c>
       <c r="B44" s="133" t="s">
         <v>50</v>
       </c>
       <c r="D44" s="134">
-        <v>3.3768066650791934E-2</v>
+        <v>3.3243755998287543E-2</v>
       </c>
       <c r="E44" s="135">
-        <v>3.4428852788042835E-2</v>
+        <v>3.4289465626640044E-2</v>
       </c>
       <c r="F44" s="135">
-        <v>3.3117613485750673E-2</v>
+        <v>3.293134093444313E-2</v>
       </c>
       <c r="G44" s="135">
-        <v>3.4067285892037308E-2</v>
+        <v>3.3813961347192979E-2</v>
       </c>
       <c r="H44" s="135">
-        <v>3.3407112548507908E-2</v>
+        <v>3.2845890536832546E-2</v>
       </c>
       <c r="I44" s="135">
-        <v>3.4713776490609444E-2</v>
+        <v>3.4544227245278815E-2</v>
       </c>
       <c r="J44" s="136">
-        <v>3.4281549982503559E-2</v>
+        <v>3.4093121794277689E-2</v>
       </c>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A45" s="91"/>
       <c r="B45" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D45" s="137">
-        <v>3.4102174817546849E-2</v>
+        <v>3.3779800082446652E-2</v>
       </c>
       <c r="E45" s="138">
-        <v>3.4377758597001179E-2</v>
+        <v>3.4202770941053749E-2</v>
       </c>
       <c r="F45" s="138">
-        <v>3.3568961472692248E-2</v>
+        <v>3.3223102822198834E-2</v>
       </c>
       <c r="G45" s="138">
-        <v>3.3857506857603775E-2</v>
+        <v>3.3346560522760499E-2</v>
       </c>
       <c r="H45" s="138">
-        <v>3.4045919363519382E-2</v>
+        <v>3.359713108529791E-2</v>
       </c>
       <c r="I45" s="138">
-        <v>3.4635987405558129E-2</v>
+        <v>3.4289010734230539E-2</v>
       </c>
       <c r="J45" s="139">
-        <v>3.4304763005291478E-2</v>
+        <v>3.4070263732823847E-2</v>
       </c>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A46" s="91"/>
       <c r="B46" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D46" s="137">
-        <v>3.4252560721931384E-2</v>
+        <v>3.3811394020365926E-2</v>
       </c>
       <c r="E46" s="138">
-        <v>3.4686058063230996E-2</v>
+        <v>3.4335412986552169E-2</v>
       </c>
       <c r="F46" s="138">
-        <v>3.3849217836746805E-2</v>
+        <v>3.3301980108738409E-2</v>
       </c>
       <c r="G46" s="138">
-        <v>3.4056855074002489E-2</v>
+        <v>3.3500812337273513E-2</v>
       </c>
       <c r="H46" s="138">
-        <v>3.4217990977556574E-2</v>
+        <v>3.3558861682835978E-2</v>
       </c>
       <c r="I46" s="138">
-        <v>3.5338702639112977E-2</v>
+        <v>3.4787616447618408E-2</v>
       </c>
       <c r="J46" s="139">
-        <v>3.462806742321E-2</v>
+        <v>3.4231598075519863E-2</v>
       </c>
     </row>
     <row r="47" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="140"/>
       <c r="B47" s="141" t="s">
         <v>53</v>
       </c>
       <c r="D47" s="142">
         <f>(D46-D45)/D45</f>
-        <v>4.4098625729628313E-3</v>
+        <v>9.352908496249769E-4</v>
       </c>
       <c r="E47" s="143">
         <f t="shared" ref="E47:J47" si="8">(E46-E45)/E45</f>
-        <v>8.9679920626561747E-3</v>
+        <v>3.8781081722010103E-3</v>
       </c>
       <c r="F47" s="143">
         <f t="shared" si="8"/>
-        <v>8.3486754358647781E-3</v>
+        <v>2.3741697746205398E-3</v>
       </c>
       <c r="G47" s="143">
         <f t="shared" si="8"/>
-        <v>5.8878587025654981E-3</v>
+        <v>4.6257188775954867E-3</v>
       </c>
       <c r="H47" s="143">
         <f t="shared" si="8"/>
-        <v>5.0541039059608652E-3</v>
+        <v>-1.1390675699294755E-3</v>
       </c>
       <c r="I47" s="143">
         <f t="shared" si="8"/>
-        <v>2.0288586703957574E-2</v>
+        <v>1.4541268549638072E-2</v>
       </c>
       <c r="J47" s="144">
         <f t="shared" si="8"/>
-        <v>9.4244760667389904E-3</v>
+        <v>4.735341761988897E-3</v>
       </c>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A48" s="145" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A49" s="145" t="s">
         <v>26</v>
       </c>
       <c r="B49" s="25"/>
       <c r="C49" s="146"/>
       <c r="D49" s="147"/>
       <c r="E49" s="147"/>
       <c r="F49" s="148"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A50" s="145" t="s">
         <v>27</v>
       </c>
       <c r="B50" s="25"/>
       <c r="C50" s="146"/>
       <c r="D50" s="147"/>
       <c r="E50" s="147"/>
@@ -11755,58 +11758,58 @@
       <c r="A53" s="146" t="s">
         <v>29</v>
       </c>
       <c r="B53" s="25"/>
       <c r="C53" s="146"/>
       <c r="D53" s="147"/>
       <c r="E53" s="147"/>
       <c r="F53" s="148"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D35:J35"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.74803149606299213" top="0.98425196850393704" bottom="0.82677165354330717" header="0.94488188976377963" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{720C7E91-7912-445D-BA65-5674C6292C33}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CA9DB73-6785-4D2D-B667-22EE87882C35}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE55"/>
   <sheetViews>
     <sheetView zoomScale="57" zoomScaleNormal="57" workbookViewId="0">
-      <selection activeCell="H4" sqref="H4"/>
+      <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="3" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="4" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="3" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="4" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="3" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="4" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="3" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="4" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="21" width="9.15234375" style="3" customWidth="1"/>
     <col min="22" max="22" width="8.15234375" style="4" customWidth="1"/>
     <col min="23" max="23" width="0.84375" style="1" customWidth="1"/>
     <col min="24" max="25" width="9.15234375" style="3" customWidth="1"/>
     <col min="26" max="26" width="8.15234375" style="4" customWidth="1"/>
     <col min="27" max="27" width="0.84375" style="1" customWidth="1"/>
@@ -12605,209 +12608,209 @@
       <c r="G19" s="43"/>
       <c r="H19" s="40"/>
       <c r="I19" s="41"/>
       <c r="J19" s="42"/>
       <c r="L19" s="44"/>
       <c r="N19" s="42"/>
       <c r="P19" s="44"/>
       <c r="R19" s="42"/>
       <c r="T19" s="44"/>
       <c r="V19" s="42"/>
       <c r="X19" s="44"/>
       <c r="Z19" s="42"/>
       <c r="AB19" s="40"/>
       <c r="AC19" s="41"/>
       <c r="AD19" s="42"/>
     </row>
     <row r="20" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="38"/>
       <c r="C20" s="39"/>
       <c r="D20" s="40">
         <v>101.77003113473093</v>
       </c>
-      <c r="E20" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="42" t="str">
+      <c r="E20" s="41">
+        <v>103.36102541973094</v>
+      </c>
+      <c r="F20" s="42">
         <f>IF(D20="","",IF(E20="","",IF(D20=0,0,IF(E20=0,0,(E20-D20)/D20))))</f>
-        <v/>
+        <v>1.5633229814912095E-2</v>
       </c>
       <c r="G20" s="43"/>
       <c r="H20" s="40">
         <v>593.83131759615094</v>
       </c>
-      <c r="I20" s="41" t="s">
-[...2 lines deleted...]
-      <c r="J20" s="42" t="str">
+      <c r="I20" s="41">
+        <v>575.82237375453985</v>
+      </c>
+      <c r="J20" s="42">
         <f>IF(H20="","",IF(I20="","",IF(H20=0,0,IF(I20=0,0,(I20-H20)/H20))))</f>
-        <v/>
+        <v>-3.032669936390673E-2</v>
       </c>
       <c r="L20" s="44">
         <v>26.693499540977712</v>
       </c>
-      <c r="M20" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N20" s="42" t="str">
+      <c r="M20" s="3">
+        <v>26.407191255977711</v>
+      </c>
+      <c r="N20" s="42">
         <f>IF(L20="","",IF(M20="","",IF(L20=0,0,IF(M20=0,0,(M20-L20)/L20))))</f>
-        <v/>
+        <v>-1.0725768068007834E-2</v>
       </c>
       <c r="P20" s="44">
         <v>50.196506217795061</v>
       </c>
-      <c r="Q20" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R20" s="42" t="str">
+      <c r="Q20" s="3">
+        <v>46.156723217795061</v>
+      </c>
+      <c r="R20" s="42">
         <f>IF(P20="","",IF(Q20="","",IF(P20=0,0,IF(Q20=0,0,(Q20-P20)/P20))))</f>
-        <v/>
+        <v>-8.0479366083208881E-2</v>
       </c>
       <c r="T20" s="44">
         <v>31.744441361049944</v>
       </c>
-      <c r="U20" s="3" t="s">
-[...2 lines deleted...]
-      <c r="V20" s="42" t="str">
+      <c r="U20" s="3">
+        <v>31.104055361049944</v>
+      </c>
+      <c r="V20" s="42">
         <f>IF(T20="","",IF(U20="","",IF(T20=0,0,IF(U20=0,0,(U20-T20)/T20))))</f>
-        <v/>
+        <v>-2.0173169617838844E-2</v>
       </c>
       <c r="X20" s="44">
         <v>113.52822290874502</v>
       </c>
-      <c r="Y20" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Z20" s="42" t="str">
+      <c r="Y20" s="3">
+        <v>113.05000189874502</v>
+      </c>
+      <c r="Z20" s="42">
         <f>IF(X20="","",IF(Y20="","",IF(X20=0,0,IF(Y20=0,0,(Y20-X20)/X20))))</f>
-        <v/>
+        <v>-4.2123535253819379E-3</v>
       </c>
       <c r="AB20" s="40">
         <v>917.76401875944953</v>
       </c>
-      <c r="AC20" s="41" t="s">
-[...2 lines deleted...]
-      <c r="AD20" s="42" t="str">
+      <c r="AC20" s="41">
+        <v>895.90137090783855</v>
+      </c>
+      <c r="AD20" s="42">
         <f>IF(AB20="","",IF(AC20="","",IF(AB20=0,0,IF(AC20=0,0,(AC20-AB20)/AB20))))</f>
-        <v/>
+        <v>-2.3821644131530591E-2</v>
       </c>
     </row>
     <row r="21" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="45"/>
       <c r="B21" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="47"/>
       <c r="D21" s="41">
         <f>IF(D20="","",D20+D18)</f>
         <v>382.37949080875597</v>
       </c>
-      <c r="E21" s="41" t="str">
+      <c r="E21" s="41">
         <f>IF(E20="","",E20+E18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F21" s="42" t="str">
+        <v>387.04882409375602</v>
+      </c>
+      <c r="F21" s="42">
         <f>IF(D21="","",IF(E21="","",IF(D21=0,0,IF(E21=0,0,(E21-D21)/D21))))</f>
-        <v/>
+        <v>1.2211254518708954E-2</v>
       </c>
       <c r="G21" s="43"/>
       <c r="H21" s="40">
         <f>IF(H20="","",H20+H18)</f>
         <v>1982.3139086901251</v>
       </c>
-      <c r="I21" s="41" t="str">
+      <c r="I21" s="41">
         <f>IF(I20="","",I20+I18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J21" s="42" t="str">
+        <v>1919.9789809784152</v>
+      </c>
+      <c r="J21" s="42">
         <f>IF(H21="","",IF(I21="","",IF(H21=0,0,IF(I21=0,0,(I21-H21)/H21))))</f>
-        <v/>
+        <v>-3.1445538185674977E-2</v>
       </c>
       <c r="L21" s="44">
         <f>IF(L20="","",L20+L18)</f>
         <v>100.38100523795475</v>
       </c>
-      <c r="M21" s="3" t="str">
+      <c r="M21" s="3">
         <f>IF(M20="","",M20+M18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N21" s="42" t="str">
+        <v>101.96915095295473</v>
+      </c>
+      <c r="N21" s="42">
         <f>IF(L21="","",IF(M21="","",IF(L21=0,0,IF(M21=0,0,(M21-L21)/L21))))</f>
-        <v/>
+        <v>1.5821177634506224E-2</v>
       </c>
       <c r="P21" s="44">
         <f>IF(P20="","",P20+P18)</f>
         <v>162.39366455526562</v>
       </c>
-      <c r="Q21" s="3" t="str">
+      <c r="Q21" s="3">
         <f>IF(Q20="","",Q20+Q18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R21" s="42" t="str">
+        <v>150.04474713070346</v>
+      </c>
+      <c r="R21" s="42">
         <f>IF(P21="","",IF(Q21="","",IF(P21=0,0,IF(Q21=0,0,(Q21-P21)/P21))))</f>
-        <v/>
+        <v>-7.6043098469273054E-2</v>
       </c>
       <c r="T21" s="44">
         <f>IF(T20="","",T20+T18)</f>
         <v>116.8432261061152</v>
       </c>
-      <c r="U21" s="3" t="str">
+      <c r="U21" s="3">
         <f>IF(U20="","",U20+U18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V21" s="42" t="str">
+        <v>111.20359067982983</v>
+      </c>
+      <c r="V21" s="42">
         <f>IF(T21="","",IF(U21="","",IF(T21=0,0,IF(U21=0,0,(U21-T21)/T21))))</f>
-        <v/>
+        <v>-4.8266687032105203E-2</v>
       </c>
       <c r="X21" s="44">
         <f>IF(X20="","",X20+X18)</f>
         <v>247.28958734504863</v>
       </c>
-      <c r="Y21" s="3" t="str">
+      <c r="Y21" s="3">
         <f>IF(Y20="","",Y20+Y18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z21" s="42" t="str">
+        <v>252.32692433504863</v>
+      </c>
+      <c r="Z21" s="42">
         <f>IF(X21="","",IF(Y21="","",IF(X21=0,0,IF(Y21=0,0,(Y21-X21)/X21))))</f>
-        <v/>
+        <v>2.0370194491736899E-2</v>
       </c>
       <c r="AB21" s="40">
         <f>IF(AB20="","",AB20+AB18)</f>
         <v>2991.6008827432652</v>
       </c>
-      <c r="AC21" s="41" t="str">
+      <c r="AC21" s="41">
         <f>IF(AC20="","",AC20+AC18)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AD21" s="42" t="str">
+        <v>2922.5722181707079</v>
+      </c>
+      <c r="AD21" s="42">
         <f>IF(AB21="","",IF(AC21="","",IF(AB21=0,0,IF(AC21=0,0,(AC21-AB21)/AB21))))</f>
-        <v/>
+        <v>-2.307415570397171E-2</v>
       </c>
     </row>
     <row r="22" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="45"/>
       <c r="D22" s="40"/>
       <c r="E22" s="41"/>
       <c r="F22" s="42"/>
       <c r="G22" s="43"/>
       <c r="H22" s="40"/>
       <c r="I22" s="41"/>
       <c r="J22" s="42"/>
       <c r="L22" s="44"/>
       <c r="N22" s="42"/>
       <c r="P22" s="44"/>
       <c r="R22" s="42"/>
       <c r="T22" s="44"/>
       <c r="V22" s="42"/>
       <c r="X22" s="44"/>
       <c r="Z22" s="42"/>
       <c r="AB22" s="40"/>
       <c r="AC22" s="41"/>
       <c r="AD22" s="42"/>
     </row>
     <row r="23" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
@@ -14564,55 +14567,55 @@
     <row r="54" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="P4:R4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F7F98B8-16CB-47E2-BC80-9FDF120848E5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88CB5028-9FE0-498A-957C-680064AA09A7}">
   <dimension ref="F35"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H4" sqref="H4"/>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="35" spans="6:6" x14ac:dyDescent="0.3">
       <c r="F35" t="str">
         <f>IF(D35="","",IF(E35="","",IF(D35=0,0,IF(E35=0,0,(E35-D35)/D35))))</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">