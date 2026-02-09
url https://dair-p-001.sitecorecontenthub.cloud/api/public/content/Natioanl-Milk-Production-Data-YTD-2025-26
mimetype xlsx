--- v1 (2025-12-16)
+++ v2 (2026-02-09)
@@ -32,537 +32,537 @@
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EAFE279E-FD31-4CE2-9A94-B7EE1AF236C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8F076DE3-9590-47BD-AB9F-AA14626833DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{40B661C2-9A32-4462-B415-6BA7E8A71650}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{4BBDE731-9349-40ED-AE42-E92DFBAB7082}"/>
   </bookViews>
   <sheets>
     <sheet name="National" sheetId="2" r:id="rId1"/>
     <sheet name="National by State" sheetId="1" r:id="rId2"/>
     <sheet name="National Graph" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'National by State'!$A$1:$AE$57</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F35" i="3" l="1"/>
+  <c r="F47" i="2"/>
   <c r="J47" i="2"/>
   <c r="I47" i="2"/>
   <c r="H47" i="2"/>
   <c r="G47" i="2"/>
-  <c r="F47" i="2"/>
   <c r="E47" i="2"/>
   <c r="D47" i="2"/>
+  <c r="J41" i="2"/>
   <c r="D41" i="2"/>
-  <c r="J41" i="2"/>
   <c r="I41" i="2"/>
   <c r="H41" i="2"/>
   <c r="G41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
   <c r="J32" i="2"/>
   <c r="I32" i="2"/>
   <c r="H32" i="2"/>
   <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
   <c r="D32" i="2"/>
   <c r="J27" i="2"/>
   <c r="I27" i="2"/>
   <c r="H27" i="2"/>
-  <c r="G27" i="2"/>
+  <c r="J26" i="2"/>
   <c r="I26" i="2"/>
-  <c r="H26" i="2"/>
-  <c r="G26" i="2"/>
   <c r="F26" i="2"/>
   <c r="E26" i="2"/>
   <c r="D26" i="2"/>
   <c r="J23" i="2"/>
+  <c r="B23" i="2"/>
   <c r="I23" i="2"/>
   <c r="H23" i="2"/>
   <c r="G23" i="2"/>
   <c r="F27" i="2"/>
-  <c r="B23" i="2"/>
-  <c r="J26" i="2"/>
+  <c r="E23" i="2"/>
+  <c r="H26" i="2"/>
+  <c r="G26" i="2"/>
   <c r="J14" i="2"/>
   <c r="I14" i="2"/>
   <c r="H14" i="2"/>
-  <c r="G14" i="2"/>
+  <c r="I11" i="2"/>
   <c r="H11" i="2"/>
   <c r="G11" i="2"/>
   <c r="F14" i="2"/>
-  <c r="U49" i="1"/>
-[...3 lines deleted...]
-  <c r="E49" i="1" s="1"/>
+  <c r="E14" i="2"/>
   <c r="U45" i="1"/>
   <c r="U47" i="1" s="1"/>
+  <c r="U49" i="1" s="1"/>
   <c r="Q45" i="1"/>
   <c r="Q47" i="1" s="1"/>
   <c r="Q49" i="1" s="1"/>
   <c r="AC45" i="1"/>
   <c r="AC47" i="1" s="1"/>
   <c r="AC49" i="1" s="1"/>
-  <c r="Y45" i="1"/>
+  <c r="AD44" i="1"/>
   <c r="V44" i="1"/>
   <c r="R44" i="1"/>
   <c r="M45" i="1"/>
   <c r="M47" i="1" s="1"/>
   <c r="M49" i="1" s="1"/>
-  <c r="N44" i="1"/>
   <c r="I45" i="1"/>
   <c r="I47" i="1" s="1"/>
   <c r="I49" i="1" s="1"/>
+  <c r="J44" i="1"/>
+  <c r="F44" i="1"/>
   <c r="E45" i="1"/>
+  <c r="E47" i="1" s="1"/>
+  <c r="E49" i="1" s="1"/>
   <c r="U42" i="1"/>
   <c r="Q42" i="1"/>
   <c r="AC42" i="1"/>
-  <c r="Y42" i="1"/>
   <c r="V41" i="1"/>
   <c r="R41" i="1"/>
   <c r="M42" i="1"/>
-  <c r="N41" i="1"/>
   <c r="I42" i="1"/>
+  <c r="J41" i="1"/>
+  <c r="F41" i="1"/>
   <c r="E42" i="1"/>
   <c r="U39" i="1"/>
   <c r="Q39" i="1"/>
   <c r="AC39" i="1"/>
-  <c r="AD38" i="1"/>
-[...1 lines deleted...]
-  <c r="Z38" i="1"/>
   <c r="V38" i="1"/>
   <c r="R38" i="1"/>
   <c r="M39" i="1"/>
   <c r="I39" i="1"/>
+  <c r="J38" i="1"/>
+  <c r="F38" i="1"/>
   <c r="E39" i="1"/>
   <c r="U36" i="1"/>
   <c r="Q36" i="1"/>
   <c r="AC36" i="1"/>
-  <c r="Z35" i="1"/>
-  <c r="Y36" i="1"/>
   <c r="V35" i="1"/>
   <c r="R35" i="1"/>
   <c r="M36" i="1"/>
   <c r="I36" i="1"/>
+  <c r="J35" i="1"/>
+  <c r="F35" i="1"/>
   <c r="E36" i="1"/>
   <c r="U33" i="1"/>
   <c r="Q33" i="1"/>
   <c r="AC33" i="1"/>
-  <c r="Z32" i="1"/>
-  <c r="Y33" i="1"/>
   <c r="V32" i="1"/>
   <c r="R32" i="1"/>
   <c r="M33" i="1"/>
   <c r="I33" i="1"/>
+  <c r="J32" i="1"/>
   <c r="F32" i="1"/>
   <c r="E33" i="1"/>
   <c r="U30" i="1"/>
   <c r="Q30" i="1"/>
   <c r="AC30" i="1"/>
-  <c r="Y30" i="1"/>
-  <c r="Z29" i="1"/>
   <c r="V29" i="1"/>
   <c r="R29" i="1"/>
   <c r="M30" i="1"/>
   <c r="I30" i="1"/>
+  <c r="J29" i="1"/>
+  <c r="F29" i="1"/>
   <c r="E30" i="1"/>
-  <c r="U27" i="1"/>
-[...2 lines deleted...]
-  <c r="Y27" i="1"/>
   <c r="V26" i="1"/>
   <c r="R26" i="1"/>
-  <c r="M27" i="1"/>
-[...6 lines deleted...]
-  <c r="Y24" i="1"/>
+  <c r="J26" i="1"/>
+  <c r="F26" i="1"/>
   <c r="V23" i="1"/>
   <c r="R23" i="1"/>
-  <c r="M24" i="1"/>
-[...4 lines deleted...]
-  <c r="AD20" i="1"/>
+  <c r="J23" i="1"/>
+  <c r="F23" i="1"/>
+  <c r="Z20" i="1"/>
   <c r="V20" i="1"/>
   <c r="R20" i="1"/>
-  <c r="P18" i="1"/>
-  <c r="Z17" i="1"/>
+  <c r="F20" i="1"/>
   <c r="V17" i="1"/>
   <c r="R17" i="1"/>
   <c r="F17" i="1"/>
-  <c r="P15" i="1"/>
   <c r="AC15" i="1"/>
+  <c r="AB15" i="1"/>
+  <c r="AD15" i="1" s="1"/>
   <c r="Y15" i="1"/>
   <c r="X15" i="1"/>
   <c r="Z15" i="1" s="1"/>
   <c r="V14" i="1"/>
   <c r="R14" i="1"/>
-  <c r="I15" i="1"/>
+  <c r="F14" i="1"/>
   <c r="E15" i="1"/>
   <c r="U12" i="1"/>
   <c r="U15" i="1" s="1"/>
   <c r="U18" i="1" s="1"/>
   <c r="U21" i="1" s="1"/>
+  <c r="U24" i="1" s="1"/>
+  <c r="U27" i="1" s="1"/>
   <c r="T12" i="1"/>
-  <c r="V12" i="1" s="1"/>
+  <c r="T15" i="1" s="1"/>
   <c r="Q12" i="1"/>
   <c r="Q15" i="1" s="1"/>
   <c r="Q18" i="1" s="1"/>
   <c r="Q21" i="1" s="1"/>
+  <c r="Q24" i="1" s="1"/>
+  <c r="Q27" i="1" s="1"/>
   <c r="P12" i="1"/>
+  <c r="R12" i="1" s="1"/>
   <c r="D12" i="1"/>
   <c r="D15" i="1" s="1"/>
   <c r="AC12" i="1"/>
+  <c r="AB12" i="1"/>
+  <c r="AD12" i="1" s="1"/>
   <c r="Z11" i="1"/>
   <c r="Y12" i="1"/>
   <c r="X12" i="1"/>
   <c r="Z12" i="1" s="1"/>
   <c r="V11" i="1"/>
   <c r="R11" i="1"/>
   <c r="M12" i="1"/>
   <c r="L12" i="1"/>
   <c r="N12" i="1" s="1"/>
   <c r="I12" i="1"/>
   <c r="F11" i="1"/>
   <c r="E12" i="1"/>
-  <c r="R24" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="E21" i="1"/>
+  <c r="D18" i="1" l="1"/>
+  <c r="F15" i="1"/>
+  <c r="Z23" i="1"/>
+  <c r="D14" i="2"/>
+  <c r="D11" i="2"/>
+  <c r="I15" i="2"/>
+  <c r="D15" i="2"/>
+  <c r="J15" i="2"/>
+  <c r="H15" i="2"/>
+  <c r="J11" i="2"/>
+  <c r="G15" i="2"/>
+  <c r="F15" i="2"/>
   <c r="J20" i="1"/>
-  <c r="F35" i="1"/>
-[...2 lines deleted...]
-  <c r="F14" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="E27" i="1" s="1"/>
+  <c r="Z26" i="1"/>
+  <c r="Y39" i="1"/>
+  <c r="Z38" i="1"/>
+  <c r="Z14" i="1"/>
+  <c r="Y30" i="1"/>
+  <c r="Z29" i="1"/>
   <c r="X18" i="1"/>
-  <c r="J29" i="1"/>
-[...1 lines deleted...]
-  <c r="R15" i="1"/>
   <c r="Y18" i="1"/>
-  <c r="F23" i="1"/>
-[...5 lines deleted...]
-  <c r="AD11" i="1"/>
+  <c r="Z41" i="1"/>
+  <c r="Y42" i="1"/>
+  <c r="Z17" i="1"/>
+  <c r="I15" i="1"/>
+  <c r="I18" i="1" s="1"/>
+  <c r="I21" i="1" s="1"/>
+  <c r="I24" i="1" s="1"/>
+  <c r="I27" i="1" s="1"/>
+  <c r="AB18" i="1"/>
   <c r="L15" i="1"/>
-  <c r="N15" i="1" s="1"/>
-[...3 lines deleted...]
-  <c r="M15" i="1"/>
+  <c r="L18" i="1" s="1"/>
   <c r="E18" i="1"/>
   <c r="AC18" i="1"/>
-  <c r="Z26" i="1"/>
-[...6 lines deleted...]
-  <c r="E11" i="2"/>
+  <c r="AC21" i="1" s="1"/>
+  <c r="AC24" i="1" s="1"/>
+  <c r="AC27" i="1" s="1"/>
+  <c r="E15" i="2"/>
+  <c r="V15" i="1"/>
+  <c r="T18" i="1"/>
+  <c r="J14" i="1"/>
+  <c r="Z32" i="1"/>
+  <c r="Y33" i="1"/>
+  <c r="M15" i="1"/>
+  <c r="M18" i="1" s="1"/>
+  <c r="M21" i="1" s="1"/>
+  <c r="M24" i="1" s="1"/>
+  <c r="M27" i="1" s="1"/>
+  <c r="Y21" i="1"/>
+  <c r="Y24" i="1" s="1"/>
+  <c r="Y27" i="1" s="1"/>
+  <c r="Y45" i="1"/>
+  <c r="Y47" i="1" s="1"/>
+  <c r="Y49" i="1" s="1"/>
   <c r="Z44" i="1"/>
-  <c r="F15" i="1"/>
-[...1 lines deleted...]
-  <c r="X21" i="1"/>
+  <c r="E21" i="1"/>
   <c r="J11" i="1"/>
   <c r="H12" i="1"/>
   <c r="J12" i="1" s="1"/>
+  <c r="P15" i="1"/>
   <c r="J17" i="1"/>
-  <c r="R18" i="1"/>
-[...2 lines deleted...]
-  <c r="Z41" i="1"/>
   <c r="D27" i="2"/>
   <c r="D23" i="2"/>
-  <c r="R12" i="1"/>
-[...16 lines deleted...]
-  <c r="AD15" i="1" s="1"/>
+  <c r="AB21" i="1"/>
+  <c r="Z35" i="1"/>
+  <c r="Y36" i="1"/>
+  <c r="G14" i="2"/>
+  <c r="G27" i="2"/>
+  <c r="E11" i="2"/>
   <c r="AD14" i="1"/>
-  <c r="J23" i="1"/>
-[...7 lines deleted...]
-  <c r="AD26" i="1"/>
+  <c r="AD20" i="1"/>
   <c r="AD35" i="1"/>
+  <c r="AD38" i="1"/>
+  <c r="AD41" i="1"/>
   <c r="F11" i="2"/>
-  <c r="N29" i="1"/>
-[...6 lines deleted...]
-  <c r="T15" i="1"/>
   <c r="N11" i="1"/>
   <c r="N14" i="1"/>
   <c r="N17" i="1"/>
   <c r="N20" i="1"/>
+  <c r="N23" i="1"/>
+  <c r="N26" i="1"/>
+  <c r="N29" i="1"/>
   <c r="N32" i="1"/>
   <c r="N35" i="1"/>
   <c r="N38" i="1"/>
+  <c r="N41" i="1"/>
+  <c r="N44" i="1"/>
+  <c r="V12" i="1"/>
+  <c r="F23" i="2"/>
+  <c r="AD23" i="1"/>
+  <c r="AD26" i="1"/>
+  <c r="AD29" i="1"/>
   <c r="F12" i="1"/>
-  <c r="F23" i="2"/>
-[...3 lines deleted...]
-  <c r="AB18" i="1"/>
+  <c r="E27" i="2"/>
+  <c r="AD11" i="1"/>
+  <c r="AD17" i="1"/>
+  <c r="AD32" i="1"/>
+  <c r="N18" i="1" l="1"/>
   <c r="L21" i="1"/>
-  <c r="Z21" i="1"/>
+  <c r="T21" i="1"/>
+  <c r="V18" i="1"/>
+  <c r="R15" i="1"/>
+  <c r="P18" i="1"/>
+  <c r="AD21" i="1"/>
+  <c r="Z18" i="1"/>
+  <c r="H15" i="1"/>
+  <c r="X21" i="1"/>
+  <c r="AB24" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="AD18" i="1"/>
+  <c r="F18" i="1"/>
   <c r="D21" i="1"/>
-  <c r="F18" i="1"/>
-  <c r="Z18" i="1"/>
+  <c r="Z21" i="1" l="1"/>
+  <c r="X24" i="1"/>
+  <c r="J15" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="L24" i="1"/>
+  <c r="AD24" i="1"/>
+  <c r="AB27" i="1"/>
+  <c r="R18" i="1"/>
+  <c r="P21" i="1"/>
+  <c r="V21" i="1"/>
+  <c r="T24" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="V24" i="1" l="1"/>
+  <c r="T27" i="1"/>
+  <c r="R21" i="1"/>
+  <c r="P24" i="1"/>
+  <c r="F24" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="AD27" i="1"/>
+  <c r="AB30" i="1"/>
+  <c r="N24" i="1"/>
+  <c r="L27" i="1"/>
+  <c r="J18" i="1"/>
+  <c r="H21" i="1"/>
+  <c r="Z24" i="1"/>
+  <c r="X27" i="1"/>
+  <c r="Z27" i="1" l="1"/>
+  <c r="X30" i="1"/>
+  <c r="N27" i="1"/>
+  <c r="L30" i="1"/>
+  <c r="J21" i="1"/>
+  <c r="H24" i="1"/>
+  <c r="AD30" i="1"/>
+  <c r="AB33" i="1"/>
+  <c r="F27" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="R24" i="1"/>
+  <c r="P27" i="1"/>
+  <c r="V27" i="1"/>
+  <c r="T30" i="1"/>
+  <c r="T33" i="1" l="1"/>
+  <c r="V30" i="1"/>
+  <c r="J24" i="1"/>
+  <c r="H27" i="1"/>
   <c r="R27" i="1"/>
   <c r="P30" i="1"/>
-  <c r="X24" i="1"/>
-[...43 lines deleted...]
-  <c r="H27" i="1"/>
+  <c r="F30" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="AD33" i="1"/>
+  <c r="AB36" i="1"/>
   <c r="N30" i="1"/>
   <c r="L33" i="1"/>
-  <c r="D33" i="1"/>
-[...4 lines deleted...]
-  <c r="T30" i="1"/>
+  <c r="Z30" i="1"/>
+  <c r="X33" i="1"/>
+  <c r="R30" i="1" l="1"/>
+  <c r="P33" i="1"/>
   <c r="Z33" i="1"/>
   <c r="X36" i="1"/>
-  <c r="AD27" i="1"/>
-[...1 lines deleted...]
-  <c r="F33" i="1" l="1"/>
+  <c r="AD36" i="1"/>
+  <c r="AB39" i="1"/>
+  <c r="F33" i="1"/>
   <c r="D36" i="1"/>
-  <c r="AD30" i="1"/>
-[...6 lines deleted...]
-  <c r="P45" i="1"/>
   <c r="N33" i="1"/>
   <c r="L36" i="1"/>
   <c r="J27" i="1"/>
   <c r="H30" i="1"/>
-  <c r="N36" i="1" l="1"/>
-  <c r="L39" i="1"/>
+  <c r="T36" i="1"/>
+  <c r="V33" i="1"/>
+  <c r="V36" i="1" l="1"/>
+  <c r="T39" i="1"/>
+  <c r="AD39" i="1"/>
+  <c r="AB42" i="1"/>
   <c r="J30" i="1"/>
   <c r="H33" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="L39" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="D39" i="1"/>
+  <c r="Z36" i="1"/>
+  <c r="X39" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="F39" i="1" l="1"/>
+  <c r="D42" i="1"/>
+  <c r="R36" i="1"/>
+  <c r="P39" i="1"/>
+  <c r="Z39" i="1"/>
+  <c r="X42" i="1"/>
+  <c r="T42" i="1"/>
+  <c r="V39" i="1"/>
+  <c r="N39" i="1"/>
+  <c r="L42" i="1"/>
+  <c r="J33" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="AD42" i="1"/>
+  <c r="AB45" i="1"/>
+  <c r="Z42" i="1" l="1"/>
+  <c r="X45" i="1"/>
+  <c r="N42" i="1"/>
+  <c r="L45" i="1"/>
+  <c r="R39" i="1"/>
+  <c r="P42" i="1"/>
+  <c r="F42" i="1"/>
+  <c r="D45" i="1"/>
+  <c r="AD45" i="1"/>
+  <c r="AB47" i="1"/>
+  <c r="J36" i="1"/>
+  <c r="H39" i="1"/>
+  <c r="V42" i="1"/>
+  <c r="T45" i="1"/>
+  <c r="J39" i="1" l="1"/>
+  <c r="H42" i="1"/>
+  <c r="AD47" i="1"/>
+  <c r="AB49" i="1"/>
+  <c r="T47" i="1"/>
+  <c r="V45" i="1"/>
+  <c r="D47" i="1"/>
+  <c r="F45" i="1"/>
+  <c r="R42" i="1"/>
+  <c r="P45" i="1"/>
+  <c r="L47" i="1"/>
+  <c r="N45" i="1"/>
+  <c r="Z45" i="1"/>
+  <c r="X47" i="1"/>
+  <c r="L49" i="1" l="1"/>
+  <c r="N47" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="H45" i="1"/>
+  <c r="X49" i="1"/>
+  <c r="Z47" i="1"/>
   <c r="P47" i="1"/>
   <c r="R45" i="1"/>
-  <c r="V33" i="1"/>
-[...49 lines deleted...]
-  <c r="AB47" i="1"/>
   <c r="D49" i="1"/>
   <c r="F47" i="1"/>
-  <c r="AD47" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="X49" i="1"/>
   <c r="V47" i="1"/>
   <c r="T49" i="1"/>
-  <c r="L49" i="1"/>
+  <c r="R47" i="1" l="1"/>
+  <c r="P49" i="1"/>
   <c r="J45" i="1"/>
   <c r="H47" i="1"/>
   <c r="J47" i="1" l="1"/>
   <c r="H49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="57">
   <si>
     <t>Australian Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>South Australia</t>
   </si>
   <si>
     <t>Western Australia *</t>
   </si>
   <si>
     <t>Tasmania</t>
   </si>
   <si>
@@ -670,57 +670,57 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>25/26 by State</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>October-23</t>
+    <t>December-23</t>
   </si>
   <si>
-    <t>October-24</t>
+    <t>December-24</t>
   </si>
   <si>
-    <t>October-25</t>
+    <t>December-25</t>
   </si>
   <si>
     <t>% change 24 &amp; 25</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="mmmm\-yy"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
@@ -1461,51 +1461,51 @@
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{24454ECD-241E-4405-AB77-626286D8FBCF}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{2E470189-757A-447E-8F34-0A41E1B2D152}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1683,51 +1683,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-92A9-42B4-8669-DE5FCBB4160A}"/>
+              <c16:uniqueId val="{00000000-BB09-43DA-9E74-33310115710C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1790,51 +1790,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-92A9-42B4-8669-DE5FCBB4160A}"/>
+              <c16:uniqueId val="{00000001-BB09-43DA-9E74-33310115710C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1897,51 +1897,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-92A9-42B4-8669-DE5FCBB4160A}"/>
+              <c16:uniqueId val="{00000002-BB09-43DA-9E74-33310115710C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1124486688"/>
         <c:axId val="1124489040"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1124486688"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2273,51 +2273,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-03D6-4A29-B6E9-C0873F3B6C12}"/>
+              <c16:uniqueId val="{00000000-2694-44D6-907F-C71E56861C3E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2380,51 +2380,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-03D6-4A29-B6E9-C0873F3B6C12}"/>
+              <c16:uniqueId val="{00000001-2694-44D6-907F-C71E56861C3E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2487,51 +2487,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-03D6-4A29-B6E9-C0873F3B6C12}"/>
+              <c16:uniqueId val="{00000002-2694-44D6-907F-C71E56861C3E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291193072"/>
         <c:axId val="1291191112"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291193072"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2863,51 +2863,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1424-4E36-A01E-AFD0C0194757}"/>
+              <c16:uniqueId val="{00000000-AF40-415D-8BAD-C1FBF90EE14E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2970,51 +2970,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1424-4E36-A01E-AFD0C0194757}"/>
+              <c16:uniqueId val="{00000001-AF40-415D-8BAD-C1FBF90EE14E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3077,51 +3077,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1424-4E36-A01E-AFD0C0194757}"/>
+              <c16:uniqueId val="{00000002-AF40-415D-8BAD-C1FBF90EE14E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291191504"/>
         <c:axId val="1291191896"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291191504"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3453,51 +3453,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-6DEB-4D0C-99FD-0C78EE653FC4}"/>
+              <c16:uniqueId val="{00000000-BD5C-42BD-8001-837AA3F27C62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3560,51 +3560,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-6DEB-4D0C-99FD-0C78EE653FC4}"/>
+              <c16:uniqueId val="{00000001-BD5C-42BD-8001-837AA3F27C62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3667,51 +3667,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-6DEB-4D0C-99FD-0C78EE653FC4}"/>
+              <c16:uniqueId val="{00000002-BD5C-42BD-8001-837AA3F27C62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291192680"/>
         <c:axId val="1291195424"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291192680"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4062,51 +4062,51 @@
                 <c:v>799409.62297154078</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>708249.81108329748</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>572353.01328570175</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>595894.38863573421</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>594030.57170178427</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>620341.77080697089</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>565108.6750732275</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-B332-4681-ACAF-A4A30442ED6F}"/>
+              <c16:uniqueId val="{00000000-D67A-42B4-B9F7-649DA217E2FC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4127,69 +4127,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>556343.69957406505</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>661521.84903418296</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>808805.29865461995</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>895901.37090783904</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>849200.16279858898</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>814104.61957931705</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-B332-4681-ACAF-A4A30442ED6F}"/>
+              <c16:uniqueId val="{00000001-D67A-42B4-B9F7-649DA217E2FC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291195816"/>
         <c:axId val="1291196208"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291195816"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4540,51 +4546,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-CD76-4BE3-820F-37F6E3055428}"/>
+              <c16:uniqueId val="{00000000-AEEA-4DFE-A691-E29506AB7DD4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4647,51 +4653,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-CD76-4BE3-820F-37F6E3055428}"/>
+              <c16:uniqueId val="{00000001-AEEA-4DFE-A691-E29506AB7DD4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4754,51 +4760,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-CD76-4BE3-820F-37F6E3055428}"/>
+              <c16:uniqueId val="{00000002-AEEA-4DFE-A691-E29506AB7DD4}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1124494528"/>
         <c:axId val="1124496096"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1124494528"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5130,51 +5136,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-DA74-451D-8E04-D373FC622FD5}"/>
+              <c16:uniqueId val="{00000000-7C53-49B8-AF4A-0CC4E13BEA18}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5237,51 +5243,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-DA74-451D-8E04-D373FC622FD5}"/>
+              <c16:uniqueId val="{00000001-7C53-49B8-AF4A-0CC4E13BEA18}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5344,51 +5350,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-DA74-451D-8E04-D373FC622FD5}"/>
+              <c16:uniqueId val="{00000002-7C53-49B8-AF4A-0CC4E13BEA18}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1518810928"/>
         <c:axId val="1518819160"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1518810928"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5720,51 +5726,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-514E-479C-B46A-322B65746B52}"/>
+              <c16:uniqueId val="{00000000-071B-42A9-888A-E4468BDD227F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5827,51 +5833,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-514E-479C-B46A-322B65746B52}"/>
+              <c16:uniqueId val="{00000001-071B-42A9-888A-E4468BDD227F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5934,51 +5940,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-514E-479C-B46A-322B65746B52}"/>
+              <c16:uniqueId val="{00000002-071B-42A9-888A-E4468BDD227F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1075695488"/>
         <c:axId val="1075691176"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1075695488"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6310,51 +6316,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-65DD-4A98-B7C8-E619BD36D0CE}"/>
+              <c16:uniqueId val="{00000000-DCD9-42B5-A9FF-197AF9E7B25B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6417,51 +6423,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-65DD-4A98-B7C8-E619BD36D0CE}"/>
+              <c16:uniqueId val="{00000001-DCD9-42B5-A9FF-197AF9E7B25B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6524,51 +6530,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-65DD-4A98-B7C8-E619BD36D0CE}"/>
+              <c16:uniqueId val="{00000002-DCD9-42B5-A9FF-197AF9E7B25B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="810395840"/>
         <c:axId val="622139768"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="810395840"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6900,51 +6906,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1B1B-44E0-A5AB-BD58B55771B3}"/>
+              <c16:uniqueId val="{00000000-7820-403F-89F7-523F4BEBEE78}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7007,51 +7013,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1B1B-44E0-A5AB-BD58B55771B3}"/>
+              <c16:uniqueId val="{00000001-7820-403F-89F7-523F4BEBEE78}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7114,51 +7120,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1B1B-44E0-A5AB-BD58B55771B3}"/>
+              <c16:uniqueId val="{00000002-7820-403F-89F7-523F4BEBEE78}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291196992"/>
         <c:axId val="1291198560"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291196992"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7490,51 +7496,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D6D5-421E-8CE7-FB61B9DE7B5B}"/>
+              <c16:uniqueId val="{00000000-9F46-4A08-A69A-26E1AD049EA1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7597,51 +7603,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D6D5-421E-8CE7-FB61B9DE7B5B}"/>
+              <c16:uniqueId val="{00000001-9F46-4A08-A69A-26E1AD049EA1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7704,51 +7710,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-D6D5-421E-8CE7-FB61B9DE7B5B}"/>
+              <c16:uniqueId val="{00000002-9F46-4A08-A69A-26E1AD049EA1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291199736"/>
         <c:axId val="1291199344"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291199736"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8080,51 +8086,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-A7CA-4942-A828-477B5D8E7738}"/>
+              <c16:uniqueId val="{00000000-B9BD-4509-A039-A5BDC0D13D4D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8187,51 +8193,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-A7CA-4942-A828-477B5D8E7738}"/>
+              <c16:uniqueId val="{00000001-B9BD-4509-A039-A5BDC0D13D4D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8294,51 +8300,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-A7CA-4942-A828-477B5D8E7738}"/>
+              <c16:uniqueId val="{00000002-B9BD-4509-A039-A5BDC0D13D4D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291195032"/>
         <c:axId val="1291198952"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291195032"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8670,51 +8676,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-024A-49DE-9FF1-DD793DDD0CA1}"/>
+              <c16:uniqueId val="{00000000-1522-4527-B009-EB7F641CC276}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8777,51 +8783,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-024A-49DE-9FF1-DD793DDD0CA1}"/>
+              <c16:uniqueId val="{00000001-1522-4527-B009-EB7F641CC276}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8884,51 +8890,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-024A-49DE-9FF1-DD793DDD0CA1}"/>
+              <c16:uniqueId val="{00000002-1522-4527-B009-EB7F641CC276}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291192288"/>
         <c:axId val="1291200520"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291192288"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9190,51 +9196,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DFA4CD8-4217-4920-8C4A-82202EAB6734}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1EEA1DA-33B5-4499-B34D-B159C6D3A65D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="10642600" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -9244,51 +9250,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>42333</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>588435</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>98778</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3B84AE2-DA9C-400E-AD3D-C860E46A43F5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E5D072E-106B-4B06-8E29-7086F8A32A9F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="42333" y="0"/>
           <a:ext cx="1619252" cy="873478"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -9569,594 +9575,594 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>22678</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>22678</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>31</xdr:col>
       <xdr:colOff>5671</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>34018</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2682133A-F7DD-4C04-A3A7-6850FD205F67}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2C0D82C-ADB5-4917-8602-34EC5A82617C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="14995978" y="22678"/>
           <a:ext cx="2307093" cy="1243240"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62AA6EC6-418B-4CD7-8BFF-252E326C51BB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55425B0C-6653-459E-A7E6-3E70A96512D7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0C9CEB7-DA83-4B64-A86C-49F9EF023347}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D33190B-CE92-475B-990A-369D891166E8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{921F469C-48C6-46C5-9BB4-92EECCF86AA2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD758817-E24C-4695-A5CA-EDBCDD2175DC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17424044-E782-44DC-93A4-F6B7B5B6022D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20D125B8-216D-4ADF-89A5-0D0F324C4FBD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEB40E8D-7D40-4EBB-BEC4-485DD9DE98C1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C9F6A3D-E9BF-4997-90D8-6BD5523C2C6A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9782E2A-FF1D-42A2-9172-C7606528847D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEC43AB1-063B-49A4-B1B4-2D81B6258847}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{975457F5-E6C9-40BA-AE19-2986D1A43743}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ECA8AF7-220B-41FC-97C8-50C9D434A4BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BBF7E36-C1E7-49EC-B9EB-09E337DDB2D9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{890006F8-5F93-4ACA-9A58-6205173873E2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AE9DB5F-9BD1-4917-AEA9-5268C5732EE1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA06C1EE-5A09-4125-B601-1CCBA29D72FE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E2C900-9EB3-4F9A-92D4-C00EAD48CF4B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7E4F42-33D7-4294-B692-84986A151A96}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FF04128-32C6-4CB8-A854-76A4D453BEDB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF2BB93A-EF89-490B-8AFD-7198ED3E3CD8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CDB0FDB-AD4D-4486-9078-831C2DF23CF0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3996F1AA-59E7-4A8D-B363-D22B1ED56BB9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6CEA19E-AEB1-409E-B2E4-B1BFB05F1E86}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24C736E0-3CC5-40E1-A864-99085E53BB3E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>749300</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>647700</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AD7C4DD-2707-4303-9C91-D10D4A28A02C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF944159-7492-4F18-B8EE-6E5E99706B9F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7550150" y="1181100"/>
           <a:ext cx="1409700" cy="762000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -10715,58 +10721,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7EF508F-20F4-4B01-94A0-AE2AE0721D65}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0037ECEA-07FC-4D5B-91BC-B8C7CC0BB636}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A9" zoomScale="90" workbookViewId="0">
-      <selection activeCell="A9" sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" zoomScale="90" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="69" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="70" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="69" customWidth="1"/>
     <col min="4" max="10" width="14.61328125" style="90" customWidth="1"/>
     <col min="11" max="11" width="12.765625" style="69" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="9" style="69"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="D1" s="71"/>
       <c r="E1" s="71"/>
       <c r="F1" s="71"/>
       <c r="G1" s="71"/>
       <c r="H1" s="71"/>
       <c r="I1" s="71"/>
       <c r="J1" s="71"/>
     </row>
     <row r="2" spans="1:11" ht="17.5" x14ac:dyDescent="0.35">
       <c r="D2" s="71"/>
       <c r="E2" s="72"/>
       <c r="F2" s="71"/>
@@ -10816,255 +10822,255 @@
       </c>
       <c r="F6" s="78" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="78" t="s">
         <v>35</v>
       </c>
       <c r="H6" s="78" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="79" t="s">
         <v>37</v>
       </c>
       <c r="J6" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:11" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="81" t="s">
         <v>39</v>
       </c>
       <c r="B7" s="82" t="s">
         <v>50</v>
       </c>
       <c r="D7" s="83">
-        <v>96214.814134730928</v>
+        <v>93793.856139935277</v>
       </c>
       <c r="E7" s="84">
-        <v>582857.73437199602</v>
+        <v>504788.1767852442</v>
       </c>
       <c r="F7" s="84">
-        <v>27413.159540977711</v>
+        <v>25809.963390634384</v>
       </c>
       <c r="G7" s="84">
-        <v>48606.85177802547</v>
+        <v>43562.733718794436</v>
       </c>
       <c r="H7" s="84">
-        <v>32627.30618</v>
+        <v>28498.555800000002</v>
       </c>
       <c r="I7" s="84">
-        <v>118358.22740874502</v>
+        <v>110599.0055005269</v>
       </c>
       <c r="J7" s="85">
-        <v>906078.09341447509</v>
+        <v>807052.29133513523</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="86"/>
       <c r="B8" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D8" s="88">
-        <v>101770.03113473093</v>
+        <v>93083.506209935265</v>
       </c>
       <c r="E8" s="84">
-        <v>593831.31759615103</v>
+        <v>503753.09632694413</v>
       </c>
       <c r="F8" s="84">
-        <v>26693.499540977711</v>
+        <v>23734.584320634385</v>
       </c>
       <c r="G8" s="84">
-        <v>50196.50621779506</v>
+        <v>43704.750623521097</v>
       </c>
       <c r="H8" s="84">
-        <v>31744.441361049943</v>
+        <v>27794.507479978707</v>
       </c>
       <c r="I8" s="84">
-        <v>113528.22290874504</v>
+        <v>107339.1780105269</v>
       </c>
       <c r="J8" s="89">
-        <v>917764.01875944971</v>
+        <v>799409.62297154055</v>
       </c>
       <c r="K8" s="90"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A9" s="91"/>
       <c r="B9" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="88">
-        <v>103361.02541973093</v>
+        <v>97017.318209935256</v>
       </c>
       <c r="E9" s="84">
-        <v>575822.37375453988</v>
+        <v>511595.89782471908</v>
       </c>
       <c r="F9" s="84">
-        <v>26407.191255977712</v>
+        <v>25302.533320634382</v>
       </c>
       <c r="G9" s="84">
-        <v>46156.723217795057</v>
+        <v>41782.216623521097</v>
       </c>
       <c r="H9" s="84">
-        <v>31104.055361049941</v>
+        <v>27590.208479978708</v>
       </c>
       <c r="I9" s="84">
-        <v>113050.00189874503</v>
+        <v>110816.4451205269</v>
       </c>
       <c r="J9" s="89">
-        <v>895901.37090783857</v>
+        <v>814104.61957931542</v>
       </c>
       <c r="K9" s="90"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A10" s="91"/>
       <c r="B10" s="92"/>
       <c r="C10" s="93"/>
       <c r="D10" s="94"/>
       <c r="E10" s="95"/>
       <c r="F10" s="96"/>
       <c r="G10" s="95"/>
       <c r="H10" s="95"/>
       <c r="I10" s="95"/>
       <c r="J10" s="97"/>
     </row>
     <row r="11" spans="1:11" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="98"/>
       <c r="B11" s="92" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="99">
         <f t="shared" ref="D11:J11" si="0">(D9-D8)/D8</f>
-        <v>1.5633229814911952E-2</v>
+        <v>4.2261106829473032E-2</v>
       </c>
       <c r="E11" s="95">
         <f t="shared" si="0"/>
-        <v>-3.0326699363906837E-2</v>
+        <v>1.5568741026030035E-2</v>
       </c>
       <c r="F11" s="95">
         <f t="shared" si="0"/>
-        <v>-1.0725768068007784E-2</v>
+        <v>6.6061784728070949E-2</v>
       </c>
       <c r="G11" s="95">
         <f t="shared" si="0"/>
-        <v>-8.047936608320895E-2</v>
+        <v>-4.3989130988550409E-2</v>
       </c>
       <c r="H11" s="95">
         <f t="shared" si="0"/>
-        <v>-2.0173169617838931E-2</v>
+        <v>-7.3503371177619289E-3</v>
       </c>
       <c r="I11" s="95">
         <f t="shared" si="0"/>
-        <v>-4.2123535253820238E-3</v>
+        <v>3.2395134511454711E-2</v>
       </c>
       <c r="J11" s="97">
         <f t="shared" si="0"/>
-        <v>-2.3821644131530768E-2</v>
+        <v>1.8382311377677797E-2</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="98"/>
       <c r="B12" s="100"/>
       <c r="D12" s="101"/>
       <c r="J12" s="100"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A13" s="91"/>
       <c r="B13" s="102"/>
       <c r="D13" s="88"/>
       <c r="E13" s="84"/>
       <c r="F13" s="84"/>
       <c r="G13" s="84"/>
       <c r="H13" s="84"/>
       <c r="I13" s="84"/>
       <c r="J13" s="89"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="103" t="s">
         <v>40</v>
       </c>
       <c r="B14" s="104" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="105"/>
       <c r="D14" s="106">
         <f t="shared" ref="D14:J14" si="1">D8/$J$8</f>
-        <v>0.11088910553749366</v>
+        <v>0.11644031236943103</v>
       </c>
       <c r="E14" s="107">
         <f t="shared" si="1"/>
-        <v>0.64704140221016559</v>
+        <v>0.63015640774301518</v>
       </c>
       <c r="F14" s="107">
         <f t="shared" si="1"/>
-        <v>2.9085362898688887E-2</v>
+        <v>2.9690140872221337E-2</v>
       </c>
       <c r="G14" s="107">
         <f t="shared" si="1"/>
-        <v>5.469434973670699E-2</v>
+        <v>5.4671284117225355E-2</v>
       </c>
       <c r="H14" s="107">
         <f t="shared" si="1"/>
-        <v>3.4588892909485823E-2</v>
+        <v>3.4768792720635301E-2</v>
       </c>
       <c r="I14" s="107">
         <f t="shared" si="1"/>
-        <v>0.12370088670745909</v>
+        <v>0.13427306217747173</v>
       </c>
       <c r="J14" s="108">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A15" s="91"/>
       <c r="B15" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="109">
         <f t="shared" ref="D15:J15" si="2">D9/$J$9</f>
-        <v>0.11537098700384027</v>
+        <v>0.11917057817466811</v>
       </c>
       <c r="E15" s="110">
         <f t="shared" si="2"/>
-        <v>0.64272964910305375</v>
+        <v>0.62841542170474818</v>
       </c>
       <c r="F15" s="110">
         <f t="shared" si="2"/>
-        <v>2.9475556253718716E-2</v>
+        <v>3.1080198677301871E-2</v>
       </c>
       <c r="G15" s="110">
         <f t="shared" si="2"/>
-        <v>5.1519871178479539E-2</v>
+        <v>5.1322908160270422E-2</v>
       </c>
       <c r="H15" s="110">
         <f t="shared" si="2"/>
-        <v>3.4718169176961355E-2</v>
+        <v>3.3890249258425549E-2</v>
       </c>
       <c r="I15" s="110">
         <f t="shared" si="2"/>
-        <v>0.12618576728394637</v>
+        <v>0.13612064402458587</v>
       </c>
       <c r="J15" s="111">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="112"/>
       <c r="B16" s="113"/>
       <c r="C16" s="114"/>
       <c r="D16" s="115"/>
       <c r="E16" s="116"/>
       <c r="F16" s="116"/>
       <c r="G16" s="116"/>
       <c r="H16" s="116"/>
       <c r="I16" s="116"/>
       <c r="J16" s="117"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A17" s="86"/>
       <c r="D17" s="84"/>
       <c r="E17" s="84"/>
       <c r="F17" s="84"/>
       <c r="G17" s="84"/>
       <c r="H17" s="84"/>
@@ -11080,253 +11086,253 @@
       </c>
       <c r="F18" s="78" t="s">
         <v>34</v>
       </c>
       <c r="G18" s="78" t="s">
         <v>35</v>
       </c>
       <c r="H18" s="78" t="s">
         <v>36</v>
       </c>
       <c r="I18" s="79" t="s">
         <v>37</v>
       </c>
       <c r="J18" s="119" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="81" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="120" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="83">
-        <v>362539.68269845081</v>
+        <v>550363.62487661198</v>
       </c>
       <c r="E19" s="84">
-        <v>1935300.3483433267</v>
+        <v>2993955.2275028401</v>
       </c>
       <c r="F19" s="84">
-        <v>103053.74405595475</v>
+        <v>154573.24774204846</v>
       </c>
       <c r="G19" s="84">
-        <v>159018.31806762042</v>
+        <v>249273.02483340376</v>
       </c>
       <c r="H19" s="84">
-        <v>121703.23327608772</v>
+        <v>180046.25097608773</v>
       </c>
       <c r="I19" s="84">
-        <v>259284.34993504864</v>
+        <v>489746.31397262658</v>
       </c>
       <c r="J19" s="121">
-        <v>2940899.676376489</v>
+        <v>4617957.6899036188</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A20" s="86"/>
       <c r="B20" s="102" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="88">
-        <v>382379.49080875603</v>
+        <v>570911.3124169173</v>
       </c>
       <c r="E20" s="84">
-        <v>1982313.9086901254</v>
+        <v>3041033.9724723212</v>
       </c>
       <c r="F20" s="84">
-        <v>100381.00523795476</v>
+        <v>148622.18149404848</v>
       </c>
       <c r="G20" s="84">
-        <v>162393.66455526563</v>
+        <v>254122.14782901804</v>
       </c>
       <c r="H20" s="84">
-        <v>116843.22610611521</v>
+        <v>174163.27079023083</v>
       </c>
       <c r="I20" s="84">
-        <v>247289.58734504861</v>
+        <v>470188.85989262658</v>
       </c>
       <c r="J20" s="89">
-        <v>2991600.8827432655</v>
+        <v>4659041.7448951621</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A21" s="91"/>
       <c r="B21" s="102" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="88">
-        <v>387048.82409375609</v>
+        <v>581659.55070191727</v>
       </c>
       <c r="E21" s="84">
-        <v>1919978.9809784156</v>
+        <v>2969250.8322766176</v>
       </c>
       <c r="F21" s="84">
-        <v>101969.15095295475</v>
+        <v>152487.43420904849</v>
       </c>
       <c r="G21" s="84">
-        <v>150044.7471307035</v>
+        <v>235813.45340445591</v>
       </c>
       <c r="H21" s="84">
-        <v>111203.59067982982</v>
+        <v>168027.86636394545</v>
       </c>
       <c r="I21" s="84">
-        <v>252326.92433504862</v>
+        <v>478637.86359262653</v>
       </c>
       <c r="J21" s="89">
-        <v>2922572.2181707085</v>
+        <v>4585877.0005486114</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A22" s="91"/>
       <c r="B22" s="92"/>
       <c r="C22" s="93"/>
       <c r="D22" s="94"/>
       <c r="E22" s="95"/>
       <c r="F22" s="96"/>
       <c r="G22" s="95"/>
       <c r="H22" s="95"/>
       <c r="I22" s="95"/>
       <c r="J22" s="97"/>
     </row>
     <row r="23" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="98"/>
       <c r="B23" s="92" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="99">
         <f t="shared" ref="D23:J23" si="3">(D21-D20)/D20</f>
-        <v>1.2211254518708975E-2</v>
+        <v>1.8826458770799227E-2</v>
       </c>
       <c r="E23" s="95">
         <f t="shared" si="3"/>
-        <v>-3.1445538185674929E-2</v>
+        <v>-2.3604846524402631E-2</v>
       </c>
       <c r="F23" s="95">
         <f t="shared" si="3"/>
-        <v>1.5821177634506318E-2</v>
+        <v>2.600723980864722E-2</v>
       </c>
       <c r="G23" s="95">
         <f t="shared" si="3"/>
-        <v>-7.6043098469272832E-2</v>
+        <v>-7.2046827012027442E-2</v>
       </c>
       <c r="H23" s="95">
         <f t="shared" si="3"/>
-        <v>-4.8266687032105363E-2</v>
+        <v>-3.5227889315854147E-2</v>
       </c>
       <c r="I23" s="95">
         <f t="shared" si="3"/>
-        <v>2.0370194491736944E-2</v>
+        <v>1.7969382987783625E-2</v>
       </c>
       <c r="J23" s="97">
         <f t="shared" si="3"/>
-        <v>-2.3074155703971592E-2</v>
+        <v>-1.5703818156752106E-2</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="98"/>
       <c r="B24" s="100"/>
       <c r="D24" s="101"/>
       <c r="J24" s="100"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A25" s="91"/>
       <c r="B25" s="102"/>
       <c r="D25" s="88"/>
       <c r="E25" s="84"/>
       <c r="F25" s="84"/>
       <c r="G25" s="84"/>
       <c r="H25" s="84"/>
       <c r="I25" s="84"/>
       <c r="J25" s="89"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A26" s="103" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="122" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="109">
         <f t="shared" ref="D26:J26" si="4">D20/$J$20</f>
-        <v>0.12781768216959416</v>
+        <v>0.12253835524063628</v>
       </c>
       <c r="E26" s="110">
         <f t="shared" si="4"/>
-        <v>0.66262646201399877</v>
+        <v>0.65271661834846917</v>
       </c>
       <c r="F26" s="110">
         <f t="shared" si="4"/>
-        <v>3.3554277182157553E-2</v>
+        <v>3.1899731668404006E-2</v>
       </c>
       <c r="G26" s="110">
         <f t="shared" si="4"/>
-        <v>5.4283198501516819E-2</v>
+        <v>5.4543865829804083E-2</v>
       </c>
       <c r="H26" s="110">
         <f t="shared" si="4"/>
-        <v>3.9057090396019421E-2</v>
+        <v>3.7381779414416873E-2</v>
       </c>
       <c r="I26" s="110">
         <f t="shared" si="4"/>
-        <v>8.2661289736713398E-2</v>
+        <v>0.10091964949826969</v>
       </c>
       <c r="J26" s="111">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A27" s="91"/>
       <c r="B27" s="102" t="s">
         <v>56</v>
       </c>
       <c r="D27" s="109">
         <f t="shared" ref="D27:J27" si="5">D21/$J$21</f>
-        <v>0.13243430622084576</v>
+        <v>0.12683714600987619</v>
       </c>
       <c r="E27" s="110">
         <f t="shared" si="5"/>
-        <v>0.6569483446948543</v>
+        <v>0.64747720706887779</v>
       </c>
       <c r="F27" s="110">
         <f t="shared" si="5"/>
-        <v>3.4890207440888873E-2</v>
+        <v>3.3251531646140163E-2</v>
       </c>
       <c r="G27" s="110">
         <f t="shared" si="5"/>
-        <v>5.1339962173670171E-2</v>
+        <v>5.1421669917497873E-2</v>
       </c>
       <c r="H27" s="110">
         <f t="shared" si="5"/>
-        <v>3.8049903433843693E-2</v>
+        <v>3.6640290688966182E-2</v>
       </c>
       <c r="I27" s="110">
         <f t="shared" si="5"/>
-        <v>8.6337276035897123E-2</v>
+        <v>0.10437215466864173</v>
       </c>
       <c r="J27" s="111">
         <f t="shared" si="5"/>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A28" s="112"/>
       <c r="B28" s="113"/>
       <c r="C28" s="114"/>
       <c r="D28" s="115"/>
       <c r="E28" s="116"/>
       <c r="F28" s="116"/>
       <c r="G28" s="116"/>
       <c r="H28" s="116"/>
       <c r="I28" s="116"/>
       <c r="J28" s="117"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A29" s="86"/>
       <c r="D29" s="84"/>
       <c r="E29" s="84"/>
       <c r="F29" s="84"/>
       <c r="G29" s="84"/>
       <c r="H29" s="84"/>
@@ -11440,297 +11446,297 @@
       </c>
       <c r="F37" s="124" t="s">
         <v>34</v>
       </c>
       <c r="G37" s="124" t="s">
         <v>35</v>
       </c>
       <c r="H37" s="124" t="s">
         <v>36</v>
       </c>
       <c r="I37" s="125" t="s">
         <v>37</v>
       </c>
       <c r="J37" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A38" s="103" t="s">
         <v>44</v>
       </c>
       <c r="B38" s="133" t="s">
         <v>50</v>
       </c>
       <c r="D38" s="134">
-        <v>4.0010938190580284E-2</v>
+        <v>3.9162454654459243E-2</v>
       </c>
       <c r="E38" s="135">
-        <v>4.0580346209996586E-2</v>
+        <v>4.2001371960631355E-2</v>
       </c>
       <c r="F38" s="135">
-        <v>4.0195945297617323E-2</v>
+        <v>3.9641094097785906E-2</v>
       </c>
       <c r="G38" s="135">
-        <v>3.8093221372716549E-2</v>
+        <v>3.9447503878856816E-2</v>
       </c>
       <c r="H38" s="135">
-        <v>3.8997858636578384E-2</v>
+        <v>4.0583263170128787E-2</v>
       </c>
       <c r="I38" s="135">
-        <v>4.0447922994069879E-2</v>
+        <v>4.231555022889797E-2</v>
       </c>
       <c r="J38" s="136">
-        <v>4.0300546792987973E-2</v>
+        <v>4.1451083689246798E-2</v>
       </c>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A39" s="91"/>
       <c r="B39" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D39" s="137">
-        <v>4.050143860824898E-2</v>
+        <v>3.9924160738698429E-2</v>
       </c>
       <c r="E39" s="138">
-        <v>4.0771890724349627E-2</v>
+        <v>4.1809538202209097E-2</v>
       </c>
       <c r="F39" s="138">
-        <v>4.0865671871513708E-2</v>
+        <v>3.9882315512288109E-2</v>
       </c>
       <c r="G39" s="138">
-        <v>3.7662888261545263E-2</v>
+        <v>3.8994211813240781E-2</v>
       </c>
       <c r="H39" s="138">
-        <v>3.8940252694570104E-2</v>
+        <v>4.0527466313639626E-2</v>
       </c>
       <c r="I39" s="138">
-        <v>4.1244957315216088E-2</v>
+        <v>4.2868560369191913E-2</v>
       </c>
       <c r="J39" s="139">
-        <v>4.0569747746870791E-2</v>
+        <v>4.147648929690171E-2</v>
       </c>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A40" s="91"/>
       <c r="B40" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D40" s="137">
-        <v>4.0267720723176692E-2</v>
+        <v>4.0413494062605075E-2</v>
       </c>
       <c r="E40" s="138">
-        <v>4.0626918354472651E-2</v>
+        <v>4.2088920888180656E-2</v>
       </c>
       <c r="F40" s="138">
-        <v>4.0838557303964518E-2</v>
+        <v>4.0139051634023655E-2</v>
       </c>
       <c r="G40" s="138">
-        <v>3.8440161933261607E-2</v>
+        <v>3.9049237807550125E-2</v>
       </c>
       <c r="H40" s="138">
-        <v>3.8124629392609813E-2</v>
+        <v>3.9609725036767296E-2</v>
       </c>
       <c r="I40" s="138">
-        <v>4.1716662347051944E-2</v>
+        <v>4.3159464169075602E-2</v>
       </c>
       <c r="J40" s="139">
-        <v>4.0529689426201401E-2</v>
+        <v>4.1734354080776734E-2</v>
       </c>
     </row>
     <row r="41" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="140"/>
       <c r="B41" s="141" t="s">
         <v>53</v>
       </c>
       <c r="D41" s="142">
         <f>(D40-D39)/D39</f>
-        <v>-5.7706069982582297E-3</v>
+        <v>1.2256571330561147E-2</v>
       </c>
       <c r="E41" s="143">
         <f t="shared" ref="E41:J41" si="7">(E40-E39)/E39</f>
-        <v>-3.5556940652349146E-3</v>
+        <v>6.682271509920604E-3</v>
       </c>
       <c r="F41" s="143">
         <f t="shared" si="7"/>
-        <v>-6.6350475368277709E-4</v>
+        <v>6.4373424270324263E-3</v>
       </c>
       <c r="G41" s="143">
         <f t="shared" si="7"/>
-        <v>2.0637654401825571E-2</v>
+        <v>1.4111323642823038E-3</v>
       </c>
       <c r="H41" s="143">
         <f t="shared" si="7"/>
-        <v>-2.0945506141361619E-2</v>
+        <v>-2.2644921095485854E-2</v>
       </c>
       <c r="I41" s="143">
         <f t="shared" si="7"/>
-        <v>1.1436671596744139E-2</v>
+        <v>6.7859474957491506E-3</v>
       </c>
       <c r="J41" s="144">
         <f t="shared" si="7"/>
-        <v>-9.8739388076375645E-4</v>
+        <v>6.2171313977214173E-3</v>
       </c>
     </row>
     <row r="43" spans="1:10" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="D43" s="123" t="s">
         <v>32</v>
       </c>
       <c r="E43" s="124" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="124" t="s">
         <v>34</v>
       </c>
       <c r="G43" s="124" t="s">
         <v>35</v>
       </c>
       <c r="H43" s="124" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="125" t="s">
         <v>37</v>
       </c>
       <c r="J43" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A44" s="103" t="s">
         <v>45</v>
       </c>
       <c r="B44" s="133" t="s">
         <v>50</v>
       </c>
       <c r="D44" s="134">
-        <v>3.3243755998287543E-2</v>
+        <v>3.2508875413956723E-2</v>
       </c>
       <c r="E44" s="135">
-        <v>3.4289465626640044E-2</v>
+        <v>3.3683313331380235E-2</v>
       </c>
       <c r="F44" s="135">
-        <v>3.293134093444313E-2</v>
+        <v>3.2247063958417588E-2</v>
       </c>
       <c r="G44" s="135">
-        <v>3.3813961347192979E-2</v>
+        <v>3.3417659221182873E-2</v>
       </c>
       <c r="H44" s="135">
-        <v>3.2845890536832546E-2</v>
+        <v>3.1961483114874192E-2</v>
       </c>
       <c r="I44" s="135">
-        <v>3.4544227245278815E-2</v>
+        <v>3.4390246189874858E-2</v>
       </c>
       <c r="J44" s="136">
-        <v>3.4093121794277689E-2</v>
+        <v>3.3522628789793139E-2</v>
       </c>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A45" s="91"/>
       <c r="B45" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D45" s="137">
-        <v>3.3779800082446652E-2</v>
+        <v>3.2811842108304012E-2</v>
       </c>
       <c r="E45" s="138">
-        <v>3.4202770941053749E-2</v>
+        <v>3.3549185542125874E-2</v>
       </c>
       <c r="F45" s="138">
-        <v>3.3223102822198834E-2</v>
+        <v>3.2954144578896831E-2</v>
       </c>
       <c r="G45" s="138">
-        <v>3.3346560522760499E-2</v>
+        <v>3.2760471262194453E-2</v>
       </c>
       <c r="H45" s="138">
-        <v>3.359713108529791E-2</v>
+        <v>3.2638346459375724E-2</v>
       </c>
       <c r="I45" s="138">
-        <v>3.4289010734230539E-2</v>
+        <v>3.4515796153712835E-2</v>
       </c>
       <c r="J45" s="139">
-        <v>3.4070263732823847E-2</v>
+        <v>3.350066316134067E-2</v>
       </c>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A46" s="91"/>
       <c r="B46" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D46" s="137">
-        <v>3.3811394020365926E-2</v>
+        <v>3.3375655038629388E-2</v>
       </c>
       <c r="E46" s="138">
-        <v>3.4335412986552169E-2</v>
+        <v>3.4493407954105992E-2</v>
       </c>
       <c r="F46" s="138">
-        <v>3.3301980108738409E-2</v>
+        <v>3.3116296838896706E-2</v>
       </c>
       <c r="G46" s="138">
-        <v>3.3500812337273513E-2</v>
+        <v>3.351153145941544E-2</v>
       </c>
       <c r="H46" s="138">
-        <v>3.3558861682835978E-2</v>
+        <v>3.2272138046560435E-2</v>
       </c>
       <c r="I46" s="138">
-        <v>3.4787616447618408E-2</v>
+        <v>3.6122649694859718E-2</v>
       </c>
       <c r="J46" s="139">
-        <v>3.4231598075519863E-2</v>
+        <v>3.4413505092875253E-2</v>
       </c>
     </row>
     <row r="47" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="140"/>
       <c r="B47" s="141" t="s">
         <v>53</v>
       </c>
       <c r="D47" s="142">
         <f>(D46-D45)/D45</f>
-        <v>9.352908496249769E-4</v>
+        <v>1.7183214781552495E-2</v>
       </c>
       <c r="E47" s="143">
         <f t="shared" ref="E47:J47" si="8">(E46-E45)/E45</f>
-        <v>3.8781081722010103E-3</v>
+        <v>2.8144421294356306E-2</v>
       </c>
       <c r="F47" s="143">
         <f t="shared" si="8"/>
-        <v>2.3741697746205398E-3</v>
+        <v>4.9205422283579341E-3</v>
       </c>
       <c r="G47" s="143">
         <f t="shared" si="8"/>
-        <v>4.6257188775954867E-3</v>
+        <v>2.292580565187748E-2</v>
       </c>
       <c r="H47" s="143">
         <f t="shared" si="8"/>
-        <v>-1.1390675699294755E-3</v>
+        <v>-1.1220188904823986E-2</v>
       </c>
       <c r="I47" s="143">
         <f t="shared" si="8"/>
-        <v>1.4541268549638072E-2</v>
+        <v>4.6554149699775497E-2</v>
       </c>
       <c r="J47" s="144">
         <f t="shared" si="8"/>
-        <v>4.735341761988897E-3</v>
+        <v>2.7248473474638282E-2</v>
       </c>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A48" s="145" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A49" s="145" t="s">
         <v>26</v>
       </c>
       <c r="B49" s="25"/>
       <c r="C49" s="146"/>
       <c r="D49" s="147"/>
       <c r="E49" s="147"/>
       <c r="F49" s="148"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A50" s="145" t="s">
         <v>27</v>
       </c>
       <c r="B50" s="25"/>
       <c r="C50" s="146"/>
       <c r="D50" s="147"/>
       <c r="E50" s="147"/>
@@ -11758,58 +11764,58 @@
       <c r="A53" s="146" t="s">
         <v>29</v>
       </c>
       <c r="B53" s="25"/>
       <c r="C53" s="146"/>
       <c r="D53" s="147"/>
       <c r="E53" s="147"/>
       <c r="F53" s="148"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D35:J35"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.74803149606299213" top="0.98425196850393704" bottom="0.82677165354330717" header="0.94488188976377963" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CA9DB73-6785-4D2D-B667-22EE87882C35}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9CF8CFD-8D9D-4B9A-A48F-8F7E08E614CA}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE55"/>
   <sheetViews>
-    <sheetView zoomScale="57" zoomScaleNormal="57" workbookViewId="0">
-      <selection activeCell="F20" sqref="F20"/>
+    <sheetView topLeftCell="A16" zoomScale="57" zoomScaleNormal="57" workbookViewId="0">
+      <selection activeCell="F27" sqref="F27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="3" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="4" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="3" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="4" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="3" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="4" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="3" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="4" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="21" width="9.15234375" style="3" customWidth="1"/>
     <col min="22" max="22" width="8.15234375" style="4" customWidth="1"/>
     <col min="23" max="23" width="0.84375" style="1" customWidth="1"/>
     <col min="24" max="25" width="9.15234375" style="3" customWidth="1"/>
     <col min="26" max="26" width="8.15234375" style="4" customWidth="1"/>
     <col min="27" max="27" width="0.84375" style="1" customWidth="1"/>
@@ -12799,400 +12805,400 @@
       <c r="G22" s="43"/>
       <c r="H22" s="40"/>
       <c r="I22" s="41"/>
       <c r="J22" s="42"/>
       <c r="L22" s="44"/>
       <c r="N22" s="42"/>
       <c r="P22" s="44"/>
       <c r="R22" s="42"/>
       <c r="T22" s="44"/>
       <c r="V22" s="42"/>
       <c r="X22" s="44"/>
       <c r="Z22" s="42"/>
       <c r="AB22" s="40"/>
       <c r="AC22" s="41"/>
       <c r="AD22" s="42"/>
     </row>
     <row r="23" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="38"/>
       <c r="C23" s="39"/>
       <c r="D23" s="40">
         <v>95.448315398226057</v>
       </c>
-      <c r="E23" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="42" t="str">
+      <c r="E23" s="41">
+        <v>97.593408398226032</v>
+      </c>
+      <c r="F23" s="42">
         <f>IF(D23="","",IF(E23="","",IF(D23=0,0,IF(E23=0,0,(E23-D23)/D23))))</f>
-        <v/>
+        <v>2.2473869664962592E-2</v>
       </c>
       <c r="G23" s="43"/>
       <c r="H23" s="40">
         <v>554.96696745525151</v>
       </c>
-      <c r="I23" s="41" t="s">
-[...2 lines deleted...]
-      <c r="J23" s="42" t="str">
+      <c r="I23" s="41">
+        <v>537.67595347348345</v>
+      </c>
+      <c r="J23" s="42">
         <f>IF(H23="","",IF(I23="","",IF(H23=0,0,IF(I23=0,0,(I23-H23)/H23))))</f>
-        <v/>
+        <v>-3.1156834542881658E-2</v>
       </c>
       <c r="L23" s="44">
         <v>24.506591935459348</v>
       </c>
-      <c r="M23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N23" s="42" t="str">
+      <c r="M23" s="3">
+        <v>25.21574993545935</v>
+      </c>
+      <c r="N23" s="42">
         <f>IF(L23="","",IF(M23="","",IF(L23=0,0,IF(M23=0,0,(M23-L23)/L23))))</f>
-        <v/>
+        <v>2.8937438623356661E-2</v>
       </c>
       <c r="P23" s="44">
         <v>48.023732650231274</v>
       </c>
-      <c r="Q23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R23" s="42" t="str">
+      <c r="Q23" s="3">
+        <v>43.98648965023127</v>
+      </c>
+      <c r="R23" s="42">
         <f>IF(P23="","",IF(Q23="","",IF(P23=0,0,IF(Q23=0,0,(Q23-P23)/P23))))</f>
-        <v/>
+        <v>-8.4067663573846776E-2</v>
       </c>
       <c r="T23" s="44">
         <v>29.525537204136906</v>
       </c>
-      <c r="U23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="V23" s="42" t="str">
+      <c r="U23" s="3">
+        <v>29.23406720413691</v>
+      </c>
+      <c r="V23" s="42">
         <f>IF(T23="","",IF(U23="","",IF(T23=0,0,IF(U23=0,0,(U23-T23)/T23))))</f>
-        <v/>
+        <v>-9.871793288122056E-3</v>
       </c>
       <c r="X23" s="44">
         <v>115.56009453705103</v>
       </c>
-      <c r="Y23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Z23" s="42" t="str">
+      <c r="Y23" s="3">
+        <v>115.49449413705102</v>
+      </c>
+      <c r="Z23" s="42">
         <f>IF(X23="","",IF(Y23="","",IF(X23=0,0,IF(Y23=0,0,(Y23-X23)/X23))))</f>
-        <v/>
+        <v>-5.6767347121696257E-4</v>
       </c>
       <c r="AB23" s="40">
         <v>868.03123918035612</v>
       </c>
-      <c r="AC23" s="41" t="s">
-[...2 lines deleted...]
-      <c r="AD23" s="42" t="str">
+      <c r="AC23" s="41">
+        <v>849.20016279858805</v>
+      </c>
+      <c r="AD23" s="42">
         <f>IF(AB23="","",IF(AC23="","",IF(AB23=0,0,IF(AC23=0,0,(AC23-AB23)/AB23))))</f>
-        <v/>
+        <v>-2.1694007694411356E-2</v>
       </c>
     </row>
     <row r="24" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="45"/>
       <c r="B24" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="47"/>
       <c r="D24" s="41">
         <f>IF(D23="","",D23+D21)</f>
         <v>477.82780620698202</v>
       </c>
-      <c r="E24" s="41" t="str">
+      <c r="E24" s="41">
         <f>IF(E23="","",E23+E21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F24" s="42" t="str">
+        <v>484.64223249198204</v>
+      </c>
+      <c r="F24" s="42">
         <f>IF(D24="","",IF(E24="","",IF(D24=0,0,IF(E24=0,0,(E24-D24)/D24))))</f>
-        <v/>
+        <v>1.4261259383570073E-2</v>
       </c>
       <c r="G24" s="43"/>
       <c r="H24" s="40">
         <f>IF(H23="","",H23+H21)</f>
         <v>2537.2808761453766</v>
       </c>
-      <c r="I24" s="41" t="str">
+      <c r="I24" s="41">
         <f>IF(I23="","",I23+I21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J24" s="42" t="str">
+        <v>2457.6549344518985</v>
+      </c>
+      <c r="J24" s="42">
         <f>IF(H24="","",IF(I24="","",IF(H24=0,0,IF(I24=0,0,(I24-H24)/H24))))</f>
-        <v/>
+        <v>-3.1382391457758285E-2</v>
       </c>
       <c r="L24" s="44">
         <f>IF(L23="","",L23+L21)</f>
         <v>124.88759717341409</v>
       </c>
-      <c r="M24" s="3" t="str">
+      <c r="M24" s="3">
         <f>IF(M23="","",M23+M21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N24" s="42" t="str">
+        <v>127.18490088841409</v>
+      </c>
+      <c r="N24" s="42">
         <f>IF(L24="","",IF(M24="","",IF(L24=0,0,IF(M24=0,0,(M24-L24)/L24))))</f>
-        <v/>
+        <v>1.8394970893787402E-2</v>
       </c>
       <c r="P24" s="44">
         <f>IF(P23="","",P23+P21)</f>
         <v>210.41739720549688</v>
       </c>
-      <c r="Q24" s="3" t="str">
+      <c r="Q24" s="3">
         <f>IF(Q23="","",Q23+Q21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R24" s="42" t="str">
+        <v>194.03123678093473</v>
+      </c>
+      <c r="R24" s="42">
         <f>IF(P24="","",IF(Q24="","",IF(P24=0,0,IF(Q24=0,0,(Q24-P24)/P24))))</f>
-        <v/>
+        <v>-7.7874551449560861E-2</v>
       </c>
       <c r="T24" s="44">
         <f>IF(T23="","",T23+T21)</f>
         <v>146.36876331025209</v>
       </c>
-      <c r="U24" s="3" t="str">
+      <c r="U24" s="3">
         <f>IF(U23="","",U23+U21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V24" s="42" t="str">
+        <v>140.43765788396675</v>
+      </c>
+      <c r="V24" s="42">
         <f>IF(T24="","",IF(U24="","",IF(T24=0,0,IF(U24=0,0,(U24-T24)/T24))))</f>
-        <v/>
+        <v>-4.0521661125969971E-2</v>
       </c>
       <c r="X24" s="44">
         <f>IF(X23="","",X23+X21)</f>
         <v>362.84968188209967</v>
       </c>
-      <c r="Y24" s="3" t="str">
+      <c r="Y24" s="3">
         <f>IF(Y23="","",Y23+Y21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z24" s="42" t="str">
+        <v>367.82141847209965</v>
+      </c>
+      <c r="Z24" s="42">
         <f>IF(X24="","",IF(Y24="","",IF(X24=0,0,IF(Y24=0,0,(Y24-X24)/X24))))</f>
-        <v/>
+        <v>1.3701918006959803E-2</v>
       </c>
       <c r="AB24" s="40">
         <f>IF(AB23="","",AB23+AB21)</f>
         <v>3859.6321219236215</v>
       </c>
-      <c r="AC24" s="41" t="str">
+      <c r="AC24" s="41">
         <f>IF(AC23="","",AC23+AC21)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AD24" s="42" t="str">
+        <v>3771.7723809692961</v>
+      </c>
+      <c r="AD24" s="42">
         <f>IF(AB24="","",IF(AC24="","",IF(AB24=0,0,IF(AC24=0,0,(AC24-AB24)/AB24))))</f>
-        <v/>
+        <v>-2.2763760425575621E-2</v>
       </c>
     </row>
     <row r="25" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="45"/>
       <c r="D25" s="40"/>
       <c r="E25" s="41"/>
       <c r="F25" s="42"/>
       <c r="G25" s="43"/>
       <c r="H25" s="40"/>
       <c r="I25" s="41"/>
       <c r="J25" s="42"/>
       <c r="L25" s="44"/>
       <c r="N25" s="42"/>
       <c r="P25" s="44"/>
       <c r="R25" s="42"/>
       <c r="T25" s="44"/>
       <c r="V25" s="42"/>
       <c r="X25" s="44"/>
       <c r="Z25" s="42"/>
       <c r="AB25" s="40"/>
       <c r="AC25" s="41"/>
       <c r="AD25" s="42"/>
     </row>
     <row r="26" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="37" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="38"/>
       <c r="C26" s="39"/>
       <c r="D26" s="40">
         <v>93.083506209935265</v>
       </c>
-      <c r="E26" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="42" t="str">
+      <c r="E26" s="41">
+        <v>97.017318209935269</v>
+      </c>
+      <c r="F26" s="42">
         <f>IF(D26="","",IF(E26="","",IF(D26=0,0,IF(E26=0,0,(E26-D26)/D26))))</f>
-        <v/>
+        <v>4.226110682947317E-2</v>
       </c>
       <c r="G26" s="43"/>
       <c r="H26" s="40">
         <v>503.7530963269441</v>
       </c>
-      <c r="I26" s="41" t="s">
-[...2 lines deleted...]
-      <c r="J26" s="42" t="str">
+      <c r="I26" s="41">
+        <v>511.59589782471909</v>
+      </c>
+      <c r="J26" s="42">
         <f>IF(H26="","",IF(I26="","",IF(H26=0,0,IF(I26=0,0,(I26-H26)/H26))))</f>
-        <v/>
+        <v>1.5568741026030095E-2</v>
       </c>
       <c r="L26" s="44">
         <v>23.734584320634383</v>
       </c>
-      <c r="M26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N26" s="42" t="str">
+      <c r="M26" s="3">
+        <v>25.302533320634385</v>
+      </c>
+      <c r="N26" s="42">
         <f>IF(L26="","",IF(M26="","",IF(L26=0,0,IF(M26=0,0,(M26-L26)/L26))))</f>
-        <v/>
+        <v>6.6061784728071185E-2</v>
       </c>
       <c r="P26" s="44">
         <v>43.7047506235211</v>
       </c>
-      <c r="Q26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R26" s="42" t="str">
+      <c r="Q26" s="3">
+        <v>41.782216623521094</v>
+      </c>
+      <c r="R26" s="42">
         <f>IF(P26="","",IF(Q26="","",IF(P26=0,0,IF(Q26=0,0,(Q26-P26)/P26))))</f>
-        <v/>
+        <v>-4.3989130988550548E-2</v>
       </c>
       <c r="T26" s="44">
         <v>27.794507479978705</v>
       </c>
-      <c r="U26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="V26" s="42" t="str">
+      <c r="U26" s="3">
+        <v>27.590208479978706</v>
+      </c>
+      <c r="V26" s="42">
         <f>IF(T26="","",IF(U26="","",IF(T26=0,0,IF(U26=0,0,(U26-T26)/T26))))</f>
-        <v/>
+        <v>-7.3503371177619237E-3</v>
       </c>
       <c r="X26" s="44">
         <v>107.33917801052689</v>
       </c>
-      <c r="Y26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Z26" s="42" t="str">
+      <c r="Y26" s="3">
+        <v>110.81644512052688</v>
+      </c>
+      <c r="Z26" s="42">
         <f>IF(X26="","",IF(Y26="","",IF(X26=0,0,IF(Y26=0,0,(Y26-X26)/X26))))</f>
-        <v/>
+        <v>3.2395134511454572E-2</v>
       </c>
       <c r="AB26" s="40">
         <v>799.40962297154056</v>
       </c>
-      <c r="AC26" s="41" t="s">
-[...2 lines deleted...]
-      <c r="AD26" s="42" t="str">
+      <c r="AC26" s="41">
+        <v>814.10461957931545</v>
+      </c>
+      <c r="AD26" s="42">
         <f>IF(AB26="","",IF(AC26="","",IF(AB26=0,0,IF(AC26=0,0,(AC26-AB26)/AB26))))</f>
-        <v/>
+        <v>1.8382311377677832E-2</v>
       </c>
     </row>
     <row r="27" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="45"/>
       <c r="B27" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="47"/>
       <c r="D27" s="41">
         <f>IF(D26="","",D26+D24)</f>
         <v>570.91131241691733</v>
       </c>
-      <c r="E27" s="41" t="str">
+      <c r="E27" s="41">
         <f>IF(E26="","",E26+E24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F27" s="42" t="str">
+        <v>581.65955070191728</v>
+      </c>
+      <c r="F27" s="42">
         <f>IF(D27="","",IF(E27="","",IF(D27=0,0,IF(E27=0,0,(E27-D27)/D27))))</f>
-        <v/>
+        <v>1.8826458770799203E-2</v>
       </c>
       <c r="G27" s="43"/>
       <c r="H27" s="40">
         <f>IF(H26="","",H26+H24)</f>
         <v>3041.0339724723208</v>
       </c>
-      <c r="I27" s="41" t="str">
+      <c r="I27" s="41">
         <f>IF(I26="","",I26+I24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J27" s="42" t="str">
+        <v>2969.2508322766175</v>
+      </c>
+      <c r="J27" s="42">
         <f>IF(H27="","",IF(I27="","",IF(H27=0,0,IF(I27=0,0,(I27-H27)/H27))))</f>
-        <v/>
+        <v>-2.360484652440252E-2</v>
       </c>
       <c r="L27" s="44">
         <f>IF(L26="","",L26+L24)</f>
         <v>148.62218149404848</v>
       </c>
-      <c r="M27" s="3" t="str">
+      <c r="M27" s="3">
         <f>IF(M26="","",M26+M24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N27" s="42" t="str">
+        <v>152.48743420904847</v>
+      </c>
+      <c r="N27" s="42">
         <f>IF(L27="","",IF(M27="","",IF(L27=0,0,IF(M27=0,0,(M27-L27)/L27))))</f>
-        <v/>
+        <v>2.6007239808647133E-2</v>
       </c>
       <c r="P27" s="44">
         <f>IF(P26="","",P26+P24)</f>
         <v>254.12214782901799</v>
       </c>
-      <c r="Q27" s="3" t="str">
+      <c r="Q27" s="3">
         <f>IF(Q26="","",Q26+Q24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R27" s="42" t="str">
+        <v>235.81345340445583</v>
+      </c>
+      <c r="R27" s="42">
         <f>IF(P27="","",IF(Q27="","",IF(P27=0,0,IF(Q27=0,0,(Q27-P27)/P27))))</f>
-        <v/>
+        <v>-7.2046827012027595E-2</v>
       </c>
       <c r="T27" s="44">
         <f>IF(T26="","",T26+T24)</f>
         <v>174.1632707902308</v>
       </c>
-      <c r="U27" s="3" t="str">
+      <c r="U27" s="3">
         <f>IF(U26="","",U26+U24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V27" s="42" t="str">
+        <v>168.02786636394546</v>
+      </c>
+      <c r="V27" s="42">
         <f>IF(T27="","",IF(U27="","",IF(T27=0,0,IF(U27=0,0,(U27-T27)/T27))))</f>
-        <v/>
+        <v>-3.5227889315853855E-2</v>
       </c>
       <c r="X27" s="44">
         <f>IF(X26="","",X26+X24)</f>
         <v>470.18885989262657</v>
       </c>
-      <c r="Y27" s="3" t="str">
+      <c r="Y27" s="3">
         <f>IF(Y26="","",Y26+Y24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z27" s="42" t="str">
+        <v>478.63786359262656</v>
+      </c>
+      <c r="Z27" s="42">
         <f>IF(X27="","",IF(Y27="","",IF(X27=0,0,IF(Y27=0,0,(Y27-X27)/X27))))</f>
-        <v/>
+        <v>1.7969382987783729E-2</v>
       </c>
       <c r="AB27" s="40">
         <f>IF(AB26="","",AB26+AB24)</f>
         <v>4659.0417448951621</v>
       </c>
-      <c r="AC27" s="41" t="str">
+      <c r="AC27" s="41">
         <f>IF(AC26="","",AC26+AC24)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AD27" s="42" t="str">
+        <v>4585.8770005486112</v>
+      </c>
+      <c r="AD27" s="42">
         <f>IF(AB27="","",IF(AC27="","",IF(AB27=0,0,IF(AC27=0,0,(AC27-AB27)/AB27))))</f>
-        <v/>
+        <v>-1.5703818156752144E-2</v>
       </c>
     </row>
     <row r="28" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="45"/>
       <c r="D28" s="40"/>
       <c r="E28" s="41"/>
       <c r="F28" s="42"/>
       <c r="G28" s="43"/>
       <c r="H28" s="40"/>
       <c r="I28" s="41"/>
       <c r="J28" s="42"/>
       <c r="L28" s="44"/>
       <c r="N28" s="42"/>
       <c r="P28" s="44"/>
       <c r="R28" s="42"/>
       <c r="T28" s="44"/>
       <c r="V28" s="42"/>
       <c r="X28" s="44"/>
       <c r="Z28" s="42"/>
       <c r="AB28" s="40"/>
       <c r="AC28" s="41"/>
       <c r="AD28" s="42"/>
     </row>
     <row r="29" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
@@ -14567,55 +14573,55 @@
     <row r="54" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="P4:R4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88CB5028-9FE0-498A-957C-680064AA09A7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A623EA73-F238-4071-9F96-405EDA8BE197}">
   <dimension ref="F35"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F20" sqref="F20"/>
+      <selection activeCell="F27" sqref="F27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="35" spans="6:6" x14ac:dyDescent="0.3">
       <c r="F35" t="str">
         <f>IF(D35="","",IF(E35="","",IF(D35=0,0,IF(E35=0,0,(E35-D35)/D35))))</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">