--- v2 (2026-02-09)
+++ v3 (2026-03-29)
@@ -32,537 +32,537 @@
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8F076DE3-9590-47BD-AB9F-AA14626833DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DE2E66A2-8598-4644-8B99-68040B1F8479}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{4BBDE731-9349-40ED-AE42-E92DFBAB7082}"/>
+    <workbookView xWindow="8440" yWindow="-21710" windowWidth="38620" windowHeight="21100" xr2:uid="{12453834-91D6-4FAA-9106-6280EBF77BC9}"/>
   </bookViews>
   <sheets>
     <sheet name="National" sheetId="2" r:id="rId1"/>
     <sheet name="National by State" sheetId="1" r:id="rId2"/>
     <sheet name="National Graph" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'National by State'!$A$1:$AE$57</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F35" i="3" l="1"/>
-  <c r="F47" i="2"/>
   <c r="J47" i="2"/>
   <c r="I47" i="2"/>
   <c r="H47" i="2"/>
   <c r="G47" i="2"/>
+  <c r="F47" i="2"/>
   <c r="E47" i="2"/>
   <c r="D47" i="2"/>
   <c r="J41" i="2"/>
-  <c r="D41" i="2"/>
   <c r="I41" i="2"/>
   <c r="H41" i="2"/>
   <c r="G41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
+  <c r="D41" i="2"/>
   <c r="J32" i="2"/>
   <c r="I32" i="2"/>
   <c r="H32" i="2"/>
   <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
   <c r="D32" i="2"/>
-  <c r="J27" i="2"/>
-[...1 lines deleted...]
-  <c r="H27" i="2"/>
   <c r="J26" i="2"/>
   <c r="I26" i="2"/>
+  <c r="H26" i="2"/>
+  <c r="G26" i="2"/>
   <c r="F26" i="2"/>
   <c r="E26" i="2"/>
   <c r="D26" i="2"/>
+  <c r="I23" i="2"/>
   <c r="J23" i="2"/>
-  <c r="B23" i="2"/>
-  <c r="I23" i="2"/>
   <c r="H23" i="2"/>
   <c r="G23" i="2"/>
-  <c r="F27" i="2"/>
-[...2 lines deleted...]
-  <c r="G26" i="2"/>
+  <c r="B23" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="D11" i="2"/>
+  <c r="D15" i="2"/>
   <c r="J14" i="2"/>
   <c r="I14" i="2"/>
-  <c r="H14" i="2"/>
-  <c r="I11" i="2"/>
   <c r="H11" i="2"/>
-  <c r="G11" i="2"/>
-  <c r="F14" i="2"/>
   <c r="E14" i="2"/>
+  <c r="AC49" i="1"/>
+  <c r="Y49" i="1"/>
+  <c r="AC47" i="1"/>
+  <c r="Y47" i="1"/>
   <c r="U45" i="1"/>
   <c r="U47" i="1" s="1"/>
   <c r="U49" i="1" s="1"/>
   <c r="Q45" i="1"/>
   <c r="Q47" i="1" s="1"/>
   <c r="Q49" i="1" s="1"/>
+  <c r="E45" i="1"/>
+  <c r="E47" i="1" s="1"/>
+  <c r="E49" i="1" s="1"/>
   <c r="AC45" i="1"/>
-  <c r="AC47" i="1" s="1"/>
-[...1 lines deleted...]
-  <c r="AD44" i="1"/>
+  <c r="Y45" i="1"/>
+  <c r="Z44" i="1"/>
   <c r="V44" i="1"/>
   <c r="R44" i="1"/>
   <c r="M45" i="1"/>
   <c r="M47" i="1" s="1"/>
   <c r="M49" i="1" s="1"/>
+  <c r="J44" i="1"/>
   <c r="I45" i="1"/>
   <c r="I47" i="1" s="1"/>
   <c r="I49" i="1" s="1"/>
-  <c r="J44" i="1"/>
   <c r="F44" i="1"/>
-  <c r="E45" i="1"/>
-[...1 lines deleted...]
-  <c r="E49" i="1" s="1"/>
   <c r="U42" i="1"/>
   <c r="Q42" i="1"/>
   <c r="AC42" i="1"/>
+  <c r="Y42" i="1"/>
   <c r="V41" i="1"/>
   <c r="R41" i="1"/>
+  <c r="N41" i="1"/>
   <c r="M42" i="1"/>
   <c r="I42" i="1"/>
-  <c r="J41" i="1"/>
-  <c r="F41" i="1"/>
   <c r="E42" i="1"/>
   <c r="U39" i="1"/>
   <c r="Q39" i="1"/>
   <c r="AC39" i="1"/>
+  <c r="AD38" i="1"/>
+  <c r="Y39" i="1"/>
   <c r="V38" i="1"/>
   <c r="R38" i="1"/>
   <c r="M39" i="1"/>
   <c r="I39" i="1"/>
-  <c r="J38" i="1"/>
   <c r="F38" i="1"/>
-  <c r="E39" i="1"/>
   <c r="U36" i="1"/>
   <c r="Q36" i="1"/>
   <c r="AC36" i="1"/>
+  <c r="Y36" i="1"/>
   <c r="V35" i="1"/>
   <c r="R35" i="1"/>
   <c r="M36" i="1"/>
+  <c r="N35" i="1"/>
   <c r="I36" i="1"/>
-  <c r="J35" i="1"/>
   <c r="F35" i="1"/>
   <c r="E36" i="1"/>
-  <c r="U33" i="1"/>
-[...1 lines deleted...]
-  <c r="AC33" i="1"/>
   <c r="V32" i="1"/>
   <c r="R32" i="1"/>
-  <c r="M33" i="1"/>
-  <c r="I33" i="1"/>
   <c r="J32" i="1"/>
   <c r="F32" i="1"/>
-  <c r="E33" i="1"/>
-[...2 lines deleted...]
-  <c r="AC30" i="1"/>
   <c r="V29" i="1"/>
   <c r="R29" i="1"/>
-  <c r="M30" i="1"/>
-[...1 lines deleted...]
-  <c r="J29" i="1"/>
   <c r="F29" i="1"/>
-  <c r="E30" i="1"/>
+  <c r="AD26" i="1"/>
   <c r="V26" i="1"/>
   <c r="R26" i="1"/>
-  <c r="J26" i="1"/>
   <c r="F26" i="1"/>
+  <c r="U24" i="1"/>
+  <c r="U27" i="1" s="1"/>
+  <c r="U30" i="1" s="1"/>
+  <c r="U33" i="1" s="1"/>
+  <c r="Z23" i="1"/>
   <c r="V23" i="1"/>
   <c r="R23" i="1"/>
+  <c r="N23" i="1"/>
   <c r="J23" i="1"/>
-  <c r="F23" i="1"/>
   <c r="Z20" i="1"/>
   <c r="V20" i="1"/>
   <c r="R20" i="1"/>
   <c r="F20" i="1"/>
+  <c r="AD17" i="1"/>
   <c r="V17" i="1"/>
   <c r="R17" i="1"/>
+  <c r="J17" i="1"/>
   <c r="F17" i="1"/>
-  <c r="AC15" i="1"/>
-[...4 lines deleted...]
-  <c r="Z15" i="1" s="1"/>
+  <c r="T15" i="1"/>
+  <c r="V15" i="1" s="1"/>
+  <c r="Q15" i="1"/>
+  <c r="Q18" i="1" s="1"/>
+  <c r="Q21" i="1" s="1"/>
+  <c r="Q24" i="1" s="1"/>
+  <c r="Q27" i="1" s="1"/>
+  <c r="Q30" i="1" s="1"/>
+  <c r="Q33" i="1" s="1"/>
+  <c r="Z14" i="1"/>
   <c r="V14" i="1"/>
-  <c r="R14" i="1"/>
-[...1 lines deleted...]
-  <c r="E15" i="1"/>
+  <c r="P15" i="1"/>
+  <c r="R15" i="1" s="1"/>
+  <c r="X12" i="1"/>
   <c r="U12" i="1"/>
   <c r="U15" i="1" s="1"/>
   <c r="U18" i="1" s="1"/>
   <c r="U21" i="1" s="1"/>
-  <c r="U24" i="1" s="1"/>
-  <c r="U27" i="1" s="1"/>
   <c r="T12" i="1"/>
-  <c r="T15" i="1" s="1"/>
   <c r="Q12" i="1"/>
-  <c r="Q15" i="1" s="1"/>
-[...3 lines deleted...]
-  <c r="Q27" i="1" s="1"/>
+  <c r="D12" i="1"/>
+  <c r="D15" i="1" s="1"/>
+  <c r="D18" i="1" s="1"/>
+  <c r="AC12" i="1"/>
+  <c r="Y12" i="1"/>
+  <c r="V11" i="1"/>
   <c r="P12" i="1"/>
   <c r="R12" i="1" s="1"/>
-  <c r="D12" i="1"/>
-[...9 lines deleted...]
-  <c r="R11" i="1"/>
   <c r="M12" i="1"/>
   <c r="L12" i="1"/>
   <c r="N12" i="1" s="1"/>
   <c r="I12" i="1"/>
+  <c r="E12" i="1"/>
+  <c r="D21" i="1" l="1"/>
+  <c r="N29" i="1"/>
+  <c r="R14" i="1"/>
+  <c r="N32" i="1"/>
+  <c r="Z11" i="1"/>
+  <c r="X18" i="1"/>
+  <c r="F23" i="1"/>
+  <c r="AD35" i="1"/>
+  <c r="V12" i="1"/>
+  <c r="J35" i="1"/>
+  <c r="Z38" i="1"/>
+  <c r="M18" i="1"/>
+  <c r="M21" i="1" s="1"/>
+  <c r="M24" i="1" s="1"/>
+  <c r="M27" i="1" s="1"/>
+  <c r="M30" i="1" s="1"/>
+  <c r="M33" i="1" s="1"/>
+  <c r="Y15" i="1"/>
+  <c r="N17" i="1"/>
+  <c r="AB12" i="1"/>
+  <c r="AD12" i="1" s="1"/>
+  <c r="AD11" i="1"/>
+  <c r="Y18" i="1"/>
+  <c r="Y21" i="1" s="1"/>
+  <c r="AD32" i="1"/>
+  <c r="N44" i="1"/>
   <c r="F11" i="1"/>
-  <c r="E12" i="1"/>
-[...11 lines deleted...]
-  <c r="F15" i="2"/>
+  <c r="Z35" i="1"/>
+  <c r="H12" i="1"/>
+  <c r="J12" i="1" s="1"/>
+  <c r="J11" i="1"/>
+  <c r="Z12" i="1"/>
+  <c r="F14" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="AD20" i="1"/>
+  <c r="Y24" i="1"/>
+  <c r="Y27" i="1" s="1"/>
+  <c r="Y30" i="1" s="1"/>
+  <c r="Y33" i="1" s="1"/>
+  <c r="G14" i="2"/>
+  <c r="G11" i="2"/>
+  <c r="E11" i="2"/>
+  <c r="E15" i="1"/>
+  <c r="E18" i="1" s="1"/>
+  <c r="F18" i="1" s="1"/>
   <c r="J20" i="1"/>
-  <c r="E24" i="1"/>
-[...11 lines deleted...]
-  <c r="Z17" i="1"/>
+  <c r="N11" i="1"/>
+  <c r="H14" i="2"/>
+  <c r="G27" i="2"/>
   <c r="I15" i="1"/>
   <c r="I18" i="1" s="1"/>
   <c r="I21" i="1" s="1"/>
   <c r="I24" i="1" s="1"/>
   <c r="I27" i="1" s="1"/>
-  <c r="AB18" i="1"/>
-[...3 lines deleted...]
-  <c r="AC18" i="1"/>
+  <c r="I30" i="1" s="1"/>
+  <c r="I33" i="1" s="1"/>
+  <c r="AC15" i="1"/>
+  <c r="AC18" i="1" s="1"/>
   <c r="AC21" i="1" s="1"/>
   <c r="AC24" i="1" s="1"/>
   <c r="AC27" i="1" s="1"/>
-  <c r="E15" i="2"/>
-[...22 lines deleted...]
-  <c r="J17" i="1"/>
+  <c r="AC30" i="1" s="1"/>
+  <c r="AC33" i="1" s="1"/>
+  <c r="Z29" i="1"/>
+  <c r="E39" i="1"/>
+  <c r="H27" i="2"/>
   <c r="D27" i="2"/>
   <c r="D23" i="2"/>
-  <c r="AB21" i="1"/>
-[...4 lines deleted...]
-  <c r="E11" i="2"/>
+  <c r="P18" i="1"/>
+  <c r="R18" i="1" s="1"/>
+  <c r="AD23" i="1"/>
+  <c r="F14" i="1"/>
+  <c r="X15" i="1"/>
+  <c r="Z41" i="1"/>
+  <c r="T18" i="1"/>
+  <c r="J38" i="1"/>
+  <c r="F41" i="1"/>
+  <c r="R11" i="1"/>
+  <c r="J14" i="1"/>
+  <c r="J26" i="1"/>
+  <c r="AD41" i="1"/>
+  <c r="I27" i="2"/>
+  <c r="L15" i="1"/>
+  <c r="Z17" i="1"/>
+  <c r="N38" i="1"/>
+  <c r="J41" i="1"/>
+  <c r="J27" i="2"/>
+  <c r="AD29" i="1"/>
+  <c r="Z32" i="1"/>
+  <c r="I15" i="2"/>
+  <c r="I11" i="2"/>
+  <c r="E27" i="2"/>
+  <c r="E23" i="2"/>
+  <c r="Z26" i="1"/>
+  <c r="F27" i="2"/>
+  <c r="F23" i="2"/>
+  <c r="F12" i="1"/>
+  <c r="N20" i="1"/>
   <c r="AD14" i="1"/>
-  <c r="AD20" i="1"/>
-[...4 lines deleted...]
-  <c r="N11" i="1"/>
+  <c r="M15" i="1"/>
   <c r="N14" i="1"/>
-  <c r="N17" i="1"/>
-[...1 lines deleted...]
-  <c r="N23" i="1"/>
   <c r="N26" i="1"/>
-  <c r="N29" i="1"/>
-[...16 lines deleted...]
-  <c r="L21" i="1"/>
+  <c r="J29" i="1"/>
+  <c r="AD44" i="1"/>
+  <c r="D14" i="2"/>
+  <c r="J15" i="2"/>
+  <c r="H15" i="2"/>
+  <c r="J11" i="2"/>
+  <c r="G15" i="2"/>
+  <c r="E15" i="2"/>
+  <c r="H15" i="1" l="1"/>
+  <c r="P21" i="1"/>
+  <c r="Z18" i="1"/>
+  <c r="X21" i="1"/>
   <c r="T21" i="1"/>
   <c r="V18" i="1"/>
-  <c r="R15" i="1"/>
-[...5 lines deleted...]
-  <c r="AB24" i="1"/>
+  <c r="AB15" i="1"/>
+  <c r="E21" i="1"/>
+  <c r="E24" i="1" s="1"/>
+  <c r="E27" i="1" s="1"/>
+  <c r="E30" i="1" s="1"/>
+  <c r="E33" i="1" s="1"/>
+  <c r="F15" i="1"/>
   <c r="N15" i="1"/>
-  <c r="AD18" i="1"/>
-[...2 lines deleted...]
-  <c r="Z21" i="1" l="1"/>
+  <c r="L18" i="1"/>
+  <c r="Z15" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="D27" i="1" l="1"/>
+  <c r="F24" i="1"/>
+  <c r="N18" i="1"/>
+  <c r="L21" i="1"/>
+  <c r="AD15" i="1"/>
+  <c r="AB18" i="1"/>
+  <c r="V21" i="1"/>
+  <c r="T24" i="1"/>
+  <c r="Z21" i="1"/>
   <c r="X24" i="1"/>
+  <c r="R21" i="1"/>
+  <c r="P24" i="1"/>
   <c r="J15" i="1"/>
   <c r="H18" i="1"/>
+  <c r="J18" i="1" l="1"/>
+  <c r="H21" i="1"/>
+  <c r="R24" i="1"/>
+  <c r="P27" i="1"/>
+  <c r="Z24" i="1"/>
+  <c r="X27" i="1"/>
+  <c r="V24" i="1"/>
+  <c r="T27" i="1"/>
+  <c r="AD18" i="1"/>
+  <c r="AB21" i="1"/>
   <c r="N21" i="1"/>
   <c r="L24" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="F27" i="1"/>
+  <c r="F30" i="1" l="1"/>
+  <c r="D33" i="1"/>
+  <c r="N24" i="1"/>
+  <c r="L27" i="1"/>
+  <c r="AD21" i="1"/>
+  <c r="AB24" i="1"/>
+  <c r="T30" i="1"/>
+  <c r="V27" i="1"/>
+  <c r="Z27" i="1"/>
+  <c r="X30" i="1"/>
+  <c r="R27" i="1"/>
+  <c r="P30" i="1"/>
+  <c r="J21" i="1"/>
+  <c r="H24" i="1"/>
+  <c r="Z30" i="1" l="1"/>
+  <c r="X33" i="1"/>
+  <c r="J24" i="1"/>
+  <c r="H27" i="1"/>
+  <c r="R30" i="1"/>
+  <c r="P33" i="1"/>
+  <c r="V30" i="1"/>
+  <c r="T33" i="1"/>
   <c r="AD24" i="1"/>
   <c r="AB27" i="1"/>
-  <c r="R18" i="1"/>
-[...10 lines deleted...]
-  <c r="D27" i="1"/>
+  <c r="N27" i="1"/>
+  <c r="L30" i="1"/>
+  <c r="D36" i="1"/>
+  <c r="F33" i="1"/>
+  <c r="D39" i="1" l="1"/>
+  <c r="F36" i="1"/>
+  <c r="N30" i="1"/>
+  <c r="L33" i="1"/>
   <c r="AD27" i="1"/>
   <c r="AB30" i="1"/>
-  <c r="N24" i="1"/>
-[...10 lines deleted...]
-  <c r="H24" i="1"/>
+  <c r="T36" i="1"/>
+  <c r="V33" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="J27" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="Z33" i="1"/>
+  <c r="X36" i="1"/>
+  <c r="Z36" i="1" l="1"/>
+  <c r="X39" i="1"/>
+  <c r="J30" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="R36" i="1"/>
+  <c r="P39" i="1"/>
+  <c r="T39" i="1"/>
+  <c r="V36" i="1"/>
   <c r="AD30" i="1"/>
   <c r="AB33" i="1"/>
-  <c r="F27" i="1"/>
-[...12 lines deleted...]
-  <c r="D33" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="L36" i="1"/>
+  <c r="D42" i="1"/>
+  <c r="F39" i="1"/>
+  <c r="F42" i="1" l="1"/>
+  <c r="D45" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="L39" i="1"/>
+  <c r="T42" i="1"/>
+  <c r="V39" i="1"/>
+  <c r="J33" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="R39" i="1"/>
+  <c r="P42" i="1"/>
+  <c r="Z39" i="1"/>
+  <c r="X42" i="1"/>
   <c r="AD33" i="1"/>
   <c r="AB36" i="1"/>
-  <c r="N30" i="1"/>
-[...6 lines deleted...]
-  <c r="X36" i="1"/>
+  <c r="Z42" i="1" l="1"/>
+  <c r="X45" i="1"/>
   <c r="AD36" i="1"/>
   <c r="AB39" i="1"/>
-  <c r="F33" i="1"/>
-[...8 lines deleted...]
-  <c r="T39" i="1"/>
+  <c r="R42" i="1"/>
+  <c r="P45" i="1"/>
+  <c r="J36" i="1"/>
+  <c r="H39" i="1"/>
+  <c r="T45" i="1"/>
+  <c r="V42" i="1"/>
+  <c r="N39" i="1"/>
+  <c r="L42" i="1"/>
+  <c r="D47" i="1"/>
+  <c r="F45" i="1"/>
+  <c r="F47" i="1" l="1"/>
+  <c r="N42" i="1"/>
+  <c r="L45" i="1"/>
+  <c r="T47" i="1"/>
+  <c r="V45" i="1"/>
+  <c r="J39" i="1"/>
+  <c r="H42" i="1"/>
+  <c r="P47" i="1"/>
+  <c r="R45" i="1"/>
   <c r="AD39" i="1"/>
   <c r="AB42" i="1"/>
-  <c r="J30" i="1"/>
-[...20 lines deleted...]
-  <c r="H36" i="1"/>
+  <c r="Z45" i="1"/>
+  <c r="X47" i="1"/>
+  <c r="Z47" i="1" l="1"/>
   <c r="AD42" i="1"/>
   <c r="AB45" i="1"/>
-  <c r="Z42" i="1" l="1"/>
-[...6 lines deleted...]
-  <c r="D45" i="1"/>
+  <c r="R47" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="H45" i="1"/>
+  <c r="V47" i="1"/>
+  <c r="N45" i="1"/>
+  <c r="L47" i="1"/>
+  <c r="N47" i="1" l="1"/>
+  <c r="J45" i="1"/>
+  <c r="H47" i="1"/>
   <c r="AD45" i="1"/>
   <c r="AB47" i="1"/>
-  <c r="J36" i="1"/>
-[...5 lines deleted...]
-  <c r="AD47" i="1"/>
+  <c r="AD47" i="1" l="1"/>
   <c r="AB49" i="1"/>
-  <c r="T47" i="1"/>
-[...12 lines deleted...]
-  <c r="H45" i="1"/>
+  <c r="D49" i="1"/>
   <c r="X49" i="1"/>
-  <c r="Z47" i="1"/>
-[...4 lines deleted...]
-  <c r="V47" i="1"/>
+  <c r="P49" i="1"/>
   <c r="T49" i="1"/>
-  <c r="R47" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="J47" i="1" l="1"/>
   <c r="H49" i="1"/>
+  <c r="J47" i="1"/>
+  <c r="L49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="57">
   <si>
     <t>Australian Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Queensland</t>
   </si>
   <si>
     <t>South Australia</t>
   </si>
   <si>
     <t>Western Australia *</t>
   </si>
   <si>
     <t>Tasmania</t>
   </si>
   <si>
@@ -670,60 +670,60 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>25/26 by State</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>December-23</t>
+    <t>February-24</t>
   </si>
   <si>
-    <t>December-24</t>
+    <t>February-25</t>
   </si>
   <si>
-    <t>December-25</t>
+    <t>February-26</t>
   </si>
   <si>
-    <t>% change 24 &amp; 25</t>
+    <t>% change 25 &amp; 26</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="mmmm\-yy"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
@@ -1461,51 +1461,51 @@
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{2E470189-757A-447E-8F34-0A41E1B2D152}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{5E066226-97DB-4544-9EBD-BCCF2DF23236}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1683,51 +1683,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-BB09-43DA-9E74-33310115710C}"/>
+              <c16:uniqueId val="{00000000-8C31-4AA4-91A6-B8336A54F976}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1790,51 +1790,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-BB09-43DA-9E74-33310115710C}"/>
+              <c16:uniqueId val="{00000001-8C31-4AA4-91A6-B8336A54F976}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1897,51 +1897,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-BB09-43DA-9E74-33310115710C}"/>
+              <c16:uniqueId val="{00000002-8C31-4AA4-91A6-B8336A54F976}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1124486688"/>
         <c:axId val="1124489040"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1124486688"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2273,51 +2273,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2694-44D6-907F-C71E56861C3E}"/>
+              <c16:uniqueId val="{00000000-F1CA-4262-8431-4631D5665778}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2380,51 +2380,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2694-44D6-907F-C71E56861C3E}"/>
+              <c16:uniqueId val="{00000001-F1CA-4262-8431-4631D5665778}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2487,51 +2487,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2694-44D6-907F-C71E56861C3E}"/>
+              <c16:uniqueId val="{00000002-F1CA-4262-8431-4631D5665778}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291193072"/>
         <c:axId val="1291191112"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291193072"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2863,51 +2863,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-AF40-415D-8BAD-C1FBF90EE14E}"/>
+              <c16:uniqueId val="{00000000-F7A2-4EA3-99E3-889BDC3C633B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2970,51 +2970,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-AF40-415D-8BAD-C1FBF90EE14E}"/>
+              <c16:uniqueId val="{00000001-F7A2-4EA3-99E3-889BDC3C633B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3077,51 +3077,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-AF40-415D-8BAD-C1FBF90EE14E}"/>
+              <c16:uniqueId val="{00000002-F7A2-4EA3-99E3-889BDC3C633B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291191504"/>
         <c:axId val="1291191896"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291191504"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3453,51 +3453,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-BD5C-42BD-8001-837AA3F27C62}"/>
+              <c16:uniqueId val="{00000000-250A-43DB-8249-ED7986D79AE6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3560,51 +3560,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-BD5C-42BD-8001-837AA3F27C62}"/>
+              <c16:uniqueId val="{00000001-250A-43DB-8249-ED7986D79AE6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3667,51 +3667,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-BD5C-42BD-8001-837AA3F27C62}"/>
+              <c16:uniqueId val="{00000002-250A-43DB-8249-ED7986D79AE6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291192680"/>
         <c:axId val="1291195424"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291192680"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4062,51 +4062,51 @@
                 <c:v>799409.62297154078</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>708249.81108329748</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>572353.01328570175</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>595894.38863573421</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>594030.57170178427</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>620341.77080697089</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>565108.6750732275</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D67A-42B4-B9F7-649DA217E2FC}"/>
+              <c16:uniqueId val="{00000000-DD21-42D7-8C0D-8252B3CE4A05}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4127,75 +4127,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>556343.69957406505</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>661521.84903418296</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>808805.29865461995</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>895901.37090783904</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>849200.16279858898</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>814104.61957931705</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>718781.03562132001</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>575640.87854298402</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D67A-42B4-B9F7-649DA217E2FC}"/>
+              <c16:uniqueId val="{00000001-DD21-42D7-8C0D-8252B3CE4A05}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291195816"/>
         <c:axId val="1291196208"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291195816"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4546,51 +4552,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-AEEA-4DFE-A691-E29506AB7DD4}"/>
+              <c16:uniqueId val="{00000000-DD4B-41C7-885A-507947B2EA2B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4653,51 +4659,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-AEEA-4DFE-A691-E29506AB7DD4}"/>
+              <c16:uniqueId val="{00000001-DD4B-41C7-885A-507947B2EA2B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4760,51 +4766,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-AEEA-4DFE-A691-E29506AB7DD4}"/>
+              <c16:uniqueId val="{00000002-DD4B-41C7-885A-507947B2EA2B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1124494528"/>
         <c:axId val="1124496096"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1124494528"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5136,51 +5142,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-7C53-49B8-AF4A-0CC4E13BEA18}"/>
+              <c16:uniqueId val="{00000000-CEDB-4618-8793-B21005F6A861}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5243,51 +5249,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7C53-49B8-AF4A-0CC4E13BEA18}"/>
+              <c16:uniqueId val="{00000001-CEDB-4618-8793-B21005F6A861}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5350,51 +5356,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-7C53-49B8-AF4A-0CC4E13BEA18}"/>
+              <c16:uniqueId val="{00000002-CEDB-4618-8793-B21005F6A861}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1518810928"/>
         <c:axId val="1518819160"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1518810928"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5726,51 +5732,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-071B-42A9-888A-E4468BDD227F}"/>
+              <c16:uniqueId val="{00000000-3EA7-4E6A-86E2-CCF26AD28A81}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5833,51 +5839,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-071B-42A9-888A-E4468BDD227F}"/>
+              <c16:uniqueId val="{00000001-3EA7-4E6A-86E2-CCF26AD28A81}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5940,51 +5946,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-071B-42A9-888A-E4468BDD227F}"/>
+              <c16:uniqueId val="{00000002-3EA7-4E6A-86E2-CCF26AD28A81}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1075695488"/>
         <c:axId val="1075691176"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1075695488"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6316,51 +6322,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-DCD9-42B5-A9FF-197AF9E7B25B}"/>
+              <c16:uniqueId val="{00000000-7537-4E22-8098-13FFC52EEDCE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6423,51 +6429,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-DCD9-42B5-A9FF-197AF9E7B25B}"/>
+              <c16:uniqueId val="{00000001-7537-4E22-8098-13FFC52EEDCE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6530,51 +6536,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-DCD9-42B5-A9FF-197AF9E7B25B}"/>
+              <c16:uniqueId val="{00000002-7537-4E22-8098-13FFC52EEDCE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="810395840"/>
         <c:axId val="622139768"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="810395840"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6906,51 +6912,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-7820-403F-89F7-523F4BEBEE78}"/>
+              <c16:uniqueId val="{00000000-9830-4F17-B08E-55E5E0282B28}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7013,51 +7019,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7820-403F-89F7-523F4BEBEE78}"/>
+              <c16:uniqueId val="{00000001-9830-4F17-B08E-55E5E0282B28}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7120,51 +7126,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-7820-403F-89F7-523F4BEBEE78}"/>
+              <c16:uniqueId val="{00000002-9830-4F17-B08E-55E5E0282B28}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291196992"/>
         <c:axId val="1291198560"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291196992"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7496,51 +7502,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-9F46-4A08-A69A-26E1AD049EA1}"/>
+              <c16:uniqueId val="{00000000-09AE-4425-8049-A06E0F8B84D9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7603,51 +7609,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-9F46-4A08-A69A-26E1AD049EA1}"/>
+              <c16:uniqueId val="{00000001-09AE-4425-8049-A06E0F8B84D9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7710,51 +7716,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-9F46-4A08-A69A-26E1AD049EA1}"/>
+              <c16:uniqueId val="{00000002-09AE-4425-8049-A06E0F8B84D9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291199736"/>
         <c:axId val="1291199344"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291199736"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8086,51 +8092,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-B9BD-4509-A039-A5BDC0D13D4D}"/>
+              <c16:uniqueId val="{00000000-3EB2-473E-8AB4-890ED1616057}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8193,51 +8199,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-B9BD-4509-A039-A5BDC0D13D4D}"/>
+              <c16:uniqueId val="{00000001-3EB2-473E-8AB4-890ED1616057}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8300,51 +8306,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-B9BD-4509-A039-A5BDC0D13D4D}"/>
+              <c16:uniqueId val="{00000002-3EB2-473E-8AB4-890ED1616057}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291195032"/>
         <c:axId val="1291198952"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291195032"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8676,51 +8682,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1522-4527-B009-EB7F641CC276}"/>
+              <c16:uniqueId val="{00000000-0309-496C-AB93-4084AD7F89A8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8783,51 +8789,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1522-4527-B009-EB7F641CC276}"/>
+              <c16:uniqueId val="{00000001-0309-496C-AB93-4084AD7F89A8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8890,51 +8896,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1522-4527-B009-EB7F641CC276}"/>
+              <c16:uniqueId val="{00000002-0309-496C-AB93-4084AD7F89A8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="1291192288"/>
         <c:axId val="1291200520"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="1291192288"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9196,51 +9202,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1EEA1DA-33B5-4499-B34D-B159C6D3A65D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{843BC325-2E30-4AC7-905E-9C5E1B11789B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="10642600" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -9250,51 +9256,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>42333</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>588435</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>98778</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E5D072E-106B-4B06-8E29-7086F8A32A9F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F381F64F-DC06-4FBB-9E73-C962E2D1FDCE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="42333" y="0"/>
           <a:ext cx="1619252" cy="873478"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -9575,594 +9581,594 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>22678</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>22678</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>31</xdr:col>
       <xdr:colOff>5671</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>34018</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2C0D82C-ADB5-4917-8602-34EC5A82617C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B1AAB5D-6D5B-4952-8F50-3FB981B249B9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="14995978" y="22678"/>
           <a:ext cx="2307093" cy="1243240"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55425B0C-6653-459E-A7E6-3E70A96512D7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80441D72-0FA8-48DC-9485-19BE3225C2A2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D33190B-CE92-475B-990A-369D891166E8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E52BB98D-F682-4942-89C3-BE0029E189D5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD758817-E24C-4695-A5CA-EDBCDD2175DC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93580F3D-DF5A-41A5-9BED-0165345FC62D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20D125B8-216D-4ADF-89A5-0D0F324C4FBD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DD7F471-E41A-4542-98DB-414B2DF89AC9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C9F6A3D-E9BF-4997-90D8-6BD5523C2C6A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5387E4F9-CB32-4507-8CC9-118446B3561E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEC43AB1-063B-49A4-B1B4-2D81B6258847}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E30DB27E-E3E0-4DE0-95CB-63362AF6C7A6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ECA8AF7-220B-41FC-97C8-50C9D434A4BB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE30FACB-C6D5-44C0-AC3D-3B2CD697E39F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{890006F8-5F93-4ACA-9A58-6205173873E2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{406D571B-6314-402E-9DF2-1A5638B29382}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA06C1EE-5A09-4125-B601-1CCBA29D72FE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71D1BCAE-EA9B-4EF8-8CDF-E40E2C57E08F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7E4F42-33D7-4294-B692-84986A151A96}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AA97129-380F-4E71-9B89-E4D8CD7C5334}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF2BB93A-EF89-490B-8AFD-7198ED3E3CD8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD97541E-6F5B-4AA6-97C2-B89CD46DEC7C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3996F1AA-59E7-4A8D-B363-D22B1ED56BB9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{824D3238-1596-4DBC-8311-B749C8799D37}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24C736E0-3CC5-40E1-A864-99085E53BB3E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F50098DE-903A-46DC-8958-462BBA3CE428}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>749300</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>647700</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF944159-7492-4F18-B8EE-6E5E99706B9F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4972C16-FE4A-4EB2-88A7-C47909D90293}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7550150" y="1181100"/>
           <a:ext cx="1409700" cy="762000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -10721,51 +10727,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0037ECEA-07FC-4D5B-91BC-B8C7CC0BB636}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80CCA9CC-47B8-4B93-8A5A-E2E623852237}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K53"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="69" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="70" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="69" customWidth="1"/>
     <col min="4" max="10" width="14.61328125" style="90" customWidth="1"/>
     <col min="11" max="11" width="12.765625" style="69" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="9" style="69"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="D1" s="71"/>
       <c r="E1" s="71"/>
       <c r="F1" s="71"/>
       <c r="G1" s="71"/>
       <c r="H1" s="71"/>
@@ -10822,255 +10828,255 @@
       </c>
       <c r="F6" s="78" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="78" t="s">
         <v>35</v>
       </c>
       <c r="H6" s="78" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="79" t="s">
         <v>37</v>
       </c>
       <c r="J6" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:11" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="81" t="s">
         <v>39</v>
       </c>
       <c r="B7" s="82" t="s">
         <v>50</v>
       </c>
       <c r="D7" s="83">
-        <v>93793.856139935277</v>
+        <v>77669.112031963872</v>
       </c>
       <c r="E7" s="84">
-        <v>504788.1767852442</v>
+        <v>356917.08401566593</v>
       </c>
       <c r="F7" s="84">
-        <v>25809.963390634384</v>
+        <v>20528.717749712479</v>
       </c>
       <c r="G7" s="84">
-        <v>43562.733718794436</v>
+        <v>37329.840174912431</v>
       </c>
       <c r="H7" s="84">
-        <v>28498.555800000002</v>
+        <v>25813.851979999999</v>
       </c>
       <c r="I7" s="84">
-        <v>110599.0055005269</v>
+        <v>83181.495026038974</v>
       </c>
       <c r="J7" s="85">
-        <v>807052.29133513523</v>
+        <v>601440.10097829369</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="86"/>
       <c r="B8" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D8" s="88">
-        <v>93083.506209935265</v>
+        <v>78491.27803196387</v>
       </c>
       <c r="E8" s="84">
-        <v>503753.09632694413</v>
+        <v>335890.00982478668</v>
       </c>
       <c r="F8" s="84">
-        <v>23734.584320634385</v>
+        <v>19406.00674971248</v>
       </c>
       <c r="G8" s="84">
-        <v>43704.750623521097</v>
+        <v>35065.12580917788</v>
       </c>
       <c r="H8" s="84">
-        <v>27794.507479978707</v>
+        <v>24046.254944022363</v>
       </c>
       <c r="I8" s="84">
-        <v>107339.1780105269</v>
+        <v>79454.337926038977</v>
       </c>
       <c r="J8" s="89">
-        <v>799409.62297154055</v>
+        <v>572353.01328570233</v>
       </c>
       <c r="K8" s="90"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A9" s="91"/>
       <c r="B9" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="88">
-        <v>97017.318209935256</v>
+        <v>82206.086031963874</v>
       </c>
       <c r="E9" s="84">
-        <v>511595.89782471908</v>
+        <v>335696.6592820682</v>
       </c>
       <c r="F9" s="84">
-        <v>25302.533320634382</v>
+        <v>20357.962749712478</v>
       </c>
       <c r="G9" s="84">
-        <v>41782.216623521097</v>
+        <v>33684.437809177885</v>
       </c>
       <c r="H9" s="84">
-        <v>27590.208479978708</v>
+        <v>23901.296944022361</v>
       </c>
       <c r="I9" s="84">
-        <v>110816.4451205269</v>
+        <v>79794.435726038966</v>
       </c>
       <c r="J9" s="89">
-        <v>814104.61957931542</v>
+        <v>575640.87854298379</v>
       </c>
       <c r="K9" s="90"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A10" s="91"/>
       <c r="B10" s="92"/>
       <c r="C10" s="93"/>
       <c r="D10" s="94"/>
       <c r="E10" s="95"/>
       <c r="F10" s="96"/>
       <c r="G10" s="95"/>
       <c r="H10" s="95"/>
       <c r="I10" s="95"/>
       <c r="J10" s="97"/>
     </row>
     <row r="11" spans="1:11" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="98"/>
       <c r="B11" s="92" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="99">
         <f t="shared" ref="D11:J11" si="0">(D9-D8)/D8</f>
-        <v>4.2261106829473032E-2</v>
+        <v>4.7327653379363115E-2</v>
       </c>
       <c r="E11" s="95">
         <f t="shared" si="0"/>
-        <v>1.5568741026030035E-2</v>
+        <v>-5.7563647939200561E-4</v>
       </c>
       <c r="F11" s="95">
         <f t="shared" si="0"/>
-        <v>6.6061784728070949E-2</v>
+        <v>4.9054708280677192E-2</v>
       </c>
       <c r="G11" s="95">
         <f t="shared" si="0"/>
-        <v>-4.3989130988550409E-2</v>
+        <v>-3.9374962106612947E-2</v>
       </c>
       <c r="H11" s="95">
         <f t="shared" si="0"/>
-        <v>-7.3503371177619289E-3</v>
+        <v>-6.0282983914731114E-3</v>
       </c>
       <c r="I11" s="95">
         <f t="shared" si="0"/>
-        <v>3.2395134511454711E-2</v>
+        <v>4.2804182739093833E-3</v>
       </c>
       <c r="J11" s="97">
         <f t="shared" si="0"/>
-        <v>1.8382311377677797E-2</v>
+        <v>5.7444709488062955E-3</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="98"/>
       <c r="B12" s="100"/>
       <c r="D12" s="101"/>
       <c r="J12" s="100"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A13" s="91"/>
       <c r="B13" s="102"/>
       <c r="D13" s="88"/>
       <c r="E13" s="84"/>
       <c r="F13" s="84"/>
       <c r="G13" s="84"/>
       <c r="H13" s="84"/>
       <c r="I13" s="84"/>
       <c r="J13" s="89"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="103" t="s">
         <v>40</v>
       </c>
       <c r="B14" s="104" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="105"/>
       <c r="D14" s="106">
         <f t="shared" ref="D14:J14" si="1">D8/$J$8</f>
-        <v>0.11644031236943103</v>
+        <v>0.13713787856443635</v>
       </c>
       <c r="E14" s="107">
         <f t="shared" si="1"/>
-        <v>0.63015640774301518</v>
+        <v>0.58685811383528086</v>
       </c>
       <c r="F14" s="107">
         <f t="shared" si="1"/>
-        <v>2.9690140872221337E-2</v>
+        <v>3.3905660141996238E-2</v>
       </c>
       <c r="G14" s="107">
         <f t="shared" si="1"/>
-        <v>5.4671284117225355E-2</v>
+        <v>6.1264857518404235E-2</v>
       </c>
       <c r="H14" s="107">
         <f t="shared" si="1"/>
-        <v>3.4768792720635301E-2</v>
+        <v>4.2012978678980337E-2</v>
       </c>
       <c r="I14" s="107">
         <f t="shared" si="1"/>
-        <v>0.13427306217747173</v>
+        <v>0.13882051126090189</v>
       </c>
       <c r="J14" s="108">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A15" s="91"/>
       <c r="B15" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="109">
         <f t="shared" ref="D15:J15" si="2">D9/$J$9</f>
-        <v>0.11917057817466811</v>
+        <v>0.14280793650381007</v>
       </c>
       <c r="E15" s="110">
         <f t="shared" si="2"/>
-        <v>0.62841542170474818</v>
+        <v>0.58317029209558013</v>
       </c>
       <c r="F15" s="110">
         <f t="shared" si="2"/>
-        <v>3.1080198677301871E-2</v>
+        <v>3.5365734972194689E-2</v>
       </c>
       <c r="G15" s="110">
         <f t="shared" si="2"/>
-        <v>5.1322908160270422E-2</v>
+        <v>5.8516410256403688E-2</v>
       </c>
       <c r="H15" s="110">
         <f t="shared" si="2"/>
-        <v>3.3890249258425549E-2</v>
+        <v>4.1521194610986308E-2</v>
       </c>
       <c r="I15" s="110">
         <f t="shared" si="2"/>
-        <v>0.13612064402458587</v>
+        <v>0.1386184315610251</v>
       </c>
       <c r="J15" s="111">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="112"/>
       <c r="B16" s="113"/>
       <c r="C16" s="114"/>
       <c r="D16" s="115"/>
       <c r="E16" s="116"/>
       <c r="F16" s="116"/>
       <c r="G16" s="116"/>
       <c r="H16" s="116"/>
       <c r="I16" s="116"/>
       <c r="J16" s="117"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A17" s="86"/>
       <c r="D17" s="84"/>
       <c r="E17" s="84"/>
       <c r="F17" s="84"/>
       <c r="G17" s="84"/>
       <c r="H17" s="84"/>
@@ -11086,253 +11092,253 @@
       </c>
       <c r="F18" s="78" t="s">
         <v>34</v>
       </c>
       <c r="G18" s="78" t="s">
         <v>35</v>
       </c>
       <c r="H18" s="78" t="s">
         <v>36</v>
       </c>
       <c r="I18" s="79" t="s">
         <v>37</v>
       </c>
       <c r="J18" s="119" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="81" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="120" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="83">
-        <v>550363.62487661198</v>
+        <v>716598.98730879405</v>
       </c>
       <c r="E19" s="84">
-        <v>2993955.2275028401</v>
+        <v>3798288.5831892109</v>
       </c>
       <c r="F19" s="84">
-        <v>154573.24774204846</v>
+        <v>199519.32319539328</v>
       </c>
       <c r="G19" s="84">
-        <v>249273.02483340376</v>
+        <v>326880.86232074123</v>
       </c>
       <c r="H19" s="84">
-        <v>180046.25097608773</v>
+        <v>233093.06541608772</v>
       </c>
       <c r="I19" s="84">
-        <v>489746.31397262658</v>
+        <v>672236.03964687267</v>
       </c>
       <c r="J19" s="121">
-        <v>4617957.6899036188</v>
+        <v>5946616.8610770991</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A20" s="86"/>
       <c r="B20" s="102" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="88">
-        <v>570911.3124169173</v>
+        <v>740290.22026909934</v>
       </c>
       <c r="E20" s="84">
-        <v>3041033.9724723212</v>
+        <v>3808394.6694819601</v>
       </c>
       <c r="F20" s="84">
-        <v>148622.18149404848</v>
+        <v>190535.15852739327</v>
       </c>
       <c r="G20" s="84">
-        <v>254122.14782901804</v>
+        <v>328417.2323223172</v>
       </c>
       <c r="H20" s="84">
-        <v>174163.27079023083</v>
+        <v>224346.57620651781</v>
       </c>
       <c r="I20" s="84">
-        <v>470188.85989262658</v>
+        <v>647660.71245687269</v>
       </c>
       <c r="J20" s="89">
-        <v>4659041.7448951621</v>
+        <v>5939644.5692641595</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A21" s="91"/>
       <c r="B21" s="102" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="88">
-        <v>581659.55070191727</v>
+        <v>757712.41655409918</v>
       </c>
       <c r="E21" s="84">
-        <v>2969250.8322766176</v>
+        <v>3743141.9447815632</v>
       </c>
       <c r="F21" s="84">
-        <v>152487.43420904849</v>
+        <v>196288.29524239327</v>
       </c>
       <c r="G21" s="84">
-        <v>235813.45340445591</v>
+        <v>307060.14589775511</v>
       </c>
       <c r="H21" s="84">
-        <v>168027.86636394545</v>
+        <v>218162.67078023244</v>
       </c>
       <c r="I21" s="84">
-        <v>478637.86359262653</v>
+        <v>657933.44145687262</v>
       </c>
       <c r="J21" s="89">
-        <v>4585877.0005486114</v>
+        <v>5880298.9147129152</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A22" s="91"/>
       <c r="B22" s="92"/>
       <c r="C22" s="93"/>
       <c r="D22" s="94"/>
       <c r="E22" s="95"/>
       <c r="F22" s="96"/>
       <c r="G22" s="95"/>
       <c r="H22" s="95"/>
       <c r="I22" s="95"/>
       <c r="J22" s="97"/>
     </row>
     <row r="23" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="98"/>
       <c r="B23" s="92" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="99">
         <f t="shared" ref="D23:J23" si="3">(D21-D20)/D20</f>
-        <v>1.8826458770799227E-2</v>
+        <v>2.3534278595044495E-2</v>
       </c>
       <c r="E23" s="95">
         <f t="shared" si="3"/>
-        <v>-2.3604846524402631E-2</v>
+        <v>-1.7133918714699003E-2</v>
       </c>
       <c r="F23" s="95">
         <f t="shared" si="3"/>
-        <v>2.600723980864722E-2</v>
+        <v>3.0194620034773641E-2</v>
       </c>
       <c r="G23" s="95">
         <f t="shared" si="3"/>
-        <v>-7.2046827012027442E-2</v>
+        <v>-6.5030346530664668E-2</v>
       </c>
       <c r="H23" s="95">
         <f t="shared" si="3"/>
-        <v>-3.5227889315854147E-2</v>
+        <v>-2.7564073099974135E-2</v>
       </c>
       <c r="I23" s="95">
         <f t="shared" si="3"/>
-        <v>1.7969382987783625E-2</v>
+        <v>1.5861281690270797E-2</v>
       </c>
       <c r="J23" s="97">
         <f t="shared" si="3"/>
-        <v>-1.5703818156752106E-2</v>
+        <v>-9.9914487911178917E-3</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="98"/>
       <c r="B24" s="100"/>
       <c r="D24" s="101"/>
       <c r="J24" s="100"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A25" s="91"/>
       <c r="B25" s="102"/>
       <c r="D25" s="88"/>
       <c r="E25" s="84"/>
       <c r="F25" s="84"/>
       <c r="G25" s="84"/>
       <c r="H25" s="84"/>
       <c r="I25" s="84"/>
       <c r="J25" s="89"/>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A26" s="103" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="122" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="109">
         <f t="shared" ref="D26:J26" si="4">D20/$J$20</f>
-        <v>0.12253835524063628</v>
+        <v>0.12463544099926019</v>
       </c>
       <c r="E26" s="110">
         <f t="shared" si="4"/>
-        <v>0.65271661834846917</v>
+        <v>0.6411822500607588</v>
       </c>
       <c r="F26" s="110">
         <f t="shared" si="4"/>
-        <v>3.1899731668404006E-2</v>
+        <v>3.2078545493000425E-2</v>
       </c>
       <c r="G26" s="110">
         <f t="shared" si="4"/>
-        <v>5.4543865829804083E-2</v>
+        <v>5.529240487246926E-2</v>
       </c>
       <c r="H26" s="110">
         <f t="shared" si="4"/>
-        <v>3.7381779414416873E-2</v>
+        <v>3.7771043972469769E-2</v>
       </c>
       <c r="I26" s="110">
         <f t="shared" si="4"/>
-        <v>0.10091964949826969</v>
+        <v>0.10904031460204175</v>
       </c>
       <c r="J26" s="111">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A27" s="91"/>
       <c r="B27" s="102" t="s">
         <v>56</v>
       </c>
       <c r="D27" s="109">
         <f t="shared" ref="D27:J27" si="5">D21/$J$21</f>
-        <v>0.12683714600987619</v>
+        <v>0.12885610536876793</v>
       </c>
       <c r="E27" s="110">
         <f t="shared" si="5"/>
-        <v>0.64747720706887779</v>
+        <v>0.63655640624254028</v>
       </c>
       <c r="F27" s="110">
         <f t="shared" si="5"/>
-        <v>3.3251531646140163E-2</v>
+        <v>3.3380666202404499E-2</v>
       </c>
       <c r="G27" s="110">
         <f t="shared" si="5"/>
-        <v>5.1421669917497873E-2</v>
+        <v>5.221845867894051E-2</v>
       </c>
       <c r="H27" s="110">
         <f t="shared" si="5"/>
-        <v>3.6640290688966182E-2</v>
+        <v>3.7100608990195093E-2</v>
       </c>
       <c r="I27" s="110">
         <f t="shared" si="5"/>
-        <v>0.10437215466864173</v>
+        <v>0.11188775451715177</v>
       </c>
       <c r="J27" s="111">
         <f t="shared" si="5"/>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A28" s="112"/>
       <c r="B28" s="113"/>
       <c r="C28" s="114"/>
       <c r="D28" s="115"/>
       <c r="E28" s="116"/>
       <c r="F28" s="116"/>
       <c r="G28" s="116"/>
       <c r="H28" s="116"/>
       <c r="I28" s="116"/>
       <c r="J28" s="117"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A29" s="86"/>
       <c r="D29" s="84"/>
       <c r="E29" s="84"/>
       <c r="F29" s="84"/>
       <c r="G29" s="84"/>
       <c r="H29" s="84"/>
@@ -11446,297 +11452,297 @@
       </c>
       <c r="F37" s="124" t="s">
         <v>34</v>
       </c>
       <c r="G37" s="124" t="s">
         <v>35</v>
       </c>
       <c r="H37" s="124" t="s">
         <v>36</v>
       </c>
       <c r="I37" s="125" t="s">
         <v>37</v>
       </c>
       <c r="J37" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A38" s="103" t="s">
         <v>44</v>
       </c>
       <c r="B38" s="133" t="s">
         <v>50</v>
       </c>
       <c r="D38" s="134">
-        <v>3.9162454654459243E-2</v>
+        <v>4.0151586914692353E-2</v>
       </c>
       <c r="E38" s="135">
-        <v>4.2001371960631355E-2</v>
+        <v>4.3769563142904234E-2</v>
       </c>
       <c r="F38" s="135">
-        <v>3.9641094097785906E-2</v>
+        <v>4.0445923016730584E-2</v>
       </c>
       <c r="G38" s="135">
-        <v>3.9447503878856816E-2</v>
+        <v>3.9932803914678322E-2</v>
       </c>
       <c r="H38" s="135">
-        <v>4.0583263170128787E-2</v>
+        <v>4.116852021633078E-2</v>
       </c>
       <c r="I38" s="135">
-        <v>4.231555022889797E-2</v>
+        <v>4.5035744127934568E-2</v>
       </c>
       <c r="J38" s="136">
-        <v>4.1451083689246798E-2</v>
+        <v>4.3014241392854632E-2</v>
       </c>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A39" s="91"/>
       <c r="B39" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D39" s="137">
-        <v>3.9924160738698429E-2</v>
+        <v>4.0884945404144543E-2</v>
       </c>
       <c r="E39" s="138">
-        <v>4.1809538202209097E-2</v>
+        <v>4.4475468525569058E-2</v>
       </c>
       <c r="F39" s="138">
-        <v>3.9882315512288109E-2</v>
+        <v>4.1166838651589058E-2</v>
       </c>
       <c r="G39" s="138">
-        <v>3.8994211813240781E-2</v>
+        <v>4.147715166709405E-2</v>
       </c>
       <c r="H39" s="138">
-        <v>4.0527466313639626E-2</v>
+        <v>4.1415356686491912E-2</v>
       </c>
       <c r="I39" s="138">
-        <v>4.2868560369191913E-2</v>
+        <v>4.580182669899413E-2</v>
       </c>
       <c r="J39" s="139">
-        <v>4.147648929690171E-2</v>
+        <v>4.3742760372887504E-2</v>
       </c>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A40" s="91"/>
       <c r="B40" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D40" s="137">
-        <v>4.0413494062605075E-2</v>
+        <v>4.0517349467815364E-2</v>
       </c>
       <c r="E40" s="138">
-        <v>4.2088920888180656E-2</v>
+        <v>4.4775418171240533E-2</v>
       </c>
       <c r="F40" s="138">
-        <v>4.0139051634023655E-2</v>
+        <v>4.094294419262718E-2</v>
       </c>
       <c r="G40" s="138">
-        <v>3.9049237807550125E-2</v>
+        <v>4.1056484577462443E-2</v>
       </c>
       <c r="H40" s="138">
-        <v>3.9609725036767296E-2</v>
+        <v>4.1923732625380024E-2</v>
       </c>
       <c r="I40" s="138">
-        <v>4.3159464169075602E-2</v>
+        <v>4.6439404832616923E-2</v>
       </c>
       <c r="J40" s="139">
-        <v>4.1734354080776734E-2</v>
+        <v>4.3926429093927064E-2</v>
       </c>
     </row>
     <row r="41" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="140"/>
       <c r="B41" s="141" t="s">
         <v>53</v>
       </c>
       <c r="D41" s="142">
         <f>(D40-D39)/D39</f>
-        <v>1.2256571330561147E-2</v>
+        <v>-8.990985133904953E-3</v>
       </c>
       <c r="E41" s="143">
         <f t="shared" ref="E41:J41" si="7">(E40-E39)/E39</f>
-        <v>6.682271509920604E-3</v>
+        <v>6.7441593223247004E-3</v>
       </c>
       <c r="F41" s="143">
         <f t="shared" si="7"/>
-        <v>6.4373424270324263E-3</v>
+        <v>-5.438709074961608E-3</v>
       </c>
       <c r="G41" s="143">
         <f t="shared" si="7"/>
-        <v>1.4111323642823038E-3</v>
+        <v>-1.0142140256109823E-2</v>
       </c>
       <c r="H41" s="143">
         <f t="shared" si="7"/>
-        <v>-2.2644921095485854E-2</v>
+        <v>1.2275058808172092E-2</v>
       </c>
       <c r="I41" s="143">
         <f t="shared" si="7"/>
-        <v>6.7859474957491506E-3</v>
+        <v>1.3920364744683758E-2</v>
       </c>
       <c r="J41" s="144">
         <f t="shared" si="7"/>
-        <v>6.2171313977214173E-3</v>
+        <v>4.1988370069439033E-3</v>
       </c>
     </row>
     <row r="43" spans="1:10" s="70" customFormat="1" x14ac:dyDescent="0.3">
       <c r="D43" s="123" t="s">
         <v>32</v>
       </c>
       <c r="E43" s="124" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="124" t="s">
         <v>34</v>
       </c>
       <c r="G43" s="124" t="s">
         <v>35</v>
       </c>
       <c r="H43" s="124" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="125" t="s">
         <v>37</v>
       </c>
       <c r="J43" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A44" s="103" t="s">
         <v>45</v>
       </c>
       <c r="B44" s="133" t="s">
         <v>50</v>
       </c>
       <c r="D44" s="134">
-        <v>3.2508875413956723E-2</v>
+        <v>3.2934102191950317E-2</v>
       </c>
       <c r="E44" s="135">
-        <v>3.3683313331380235E-2</v>
+        <v>3.4239690666955938E-2</v>
       </c>
       <c r="F44" s="135">
-        <v>3.2247063958417588E-2</v>
+        <v>3.2888776906165644E-2</v>
       </c>
       <c r="G44" s="135">
-        <v>3.3417659221182873E-2</v>
+        <v>3.3830218940252864E-2</v>
       </c>
       <c r="H44" s="135">
-        <v>3.1961483114874192E-2</v>
+        <v>3.222490994154991E-2</v>
       </c>
       <c r="I44" s="135">
-        <v>3.4390246189874858E-2</v>
+        <v>3.5808923186328084E-2</v>
       </c>
       <c r="J44" s="136">
-        <v>3.3522628789793139E-2</v>
+        <v>3.4130120182294152E-2</v>
       </c>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A45" s="91"/>
       <c r="B45" s="87" t="s">
         <v>51</v>
       </c>
       <c r="D45" s="137">
-        <v>3.2811842108304012E-2</v>
+        <v>3.3531592829294209E-2</v>
       </c>
       <c r="E45" s="138">
-        <v>3.3549185542125874E-2</v>
+        <v>3.4625746867656008E-2</v>
       </c>
       <c r="F45" s="138">
-        <v>3.2954144578896831E-2</v>
+        <v>3.3921616009418815E-2</v>
       </c>
       <c r="G45" s="138">
-        <v>3.2760471262194453E-2</v>
+        <v>3.4371346330825663E-2</v>
       </c>
       <c r="H45" s="138">
-        <v>3.2638346459375724E-2</v>
+        <v>3.277533798404237E-2</v>
       </c>
       <c r="I45" s="138">
-        <v>3.4515796153712835E-2</v>
+        <v>3.6429322821942257E-2</v>
       </c>
       <c r="J45" s="139">
-        <v>3.350066316134067E-2</v>
+        <v>3.4608869216893177E-2</v>
       </c>
     </row>
     <row r="46" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A46" s="91"/>
       <c r="B46" s="87" t="s">
         <v>52</v>
       </c>
       <c r="D46" s="137">
-        <v>3.3375655038629388E-2</v>
+        <v>3.3594940229180963E-2</v>
       </c>
       <c r="E46" s="138">
-        <v>3.4493407954105992E-2</v>
+        <v>3.4971308346140227E-2</v>
       </c>
       <c r="F46" s="138">
-        <v>3.3116296838896706E-2</v>
+        <v>3.3826326028112162E-2</v>
       </c>
       <c r="G46" s="138">
-        <v>3.351153145941544E-2</v>
+        <v>3.415750916904816E-2</v>
       </c>
       <c r="H46" s="138">
-        <v>3.2272138046560435E-2</v>
+        <v>3.2626945511248291E-2</v>
       </c>
       <c r="I46" s="138">
-        <v>3.6122649694859718E-2</v>
+        <v>3.7329571766610559E-2</v>
       </c>
       <c r="J46" s="139">
-        <v>3.4413505092875253E-2</v>
+        <v>3.491619633881439E-2</v>
       </c>
     </row>
     <row r="47" spans="1:10" s="93" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="140"/>
       <c r="B47" s="141" t="s">
         <v>53</v>
       </c>
       <c r="D47" s="142">
         <f>(D46-D45)/D45</f>
-        <v>1.7183214781552495E-2</v>
+        <v>1.8891855274889232E-3</v>
       </c>
       <c r="E47" s="143">
         <f t="shared" ref="E47:J47" si="8">(E46-E45)/E45</f>
-        <v>2.8144421294356306E-2</v>
+        <v>9.9798996337898058E-3</v>
       </c>
       <c r="F47" s="143">
         <f t="shared" si="8"/>
-        <v>4.9205422283579341E-3</v>
+        <v>-2.8091226927453514E-3</v>
       </c>
       <c r="G47" s="143">
         <f t="shared" si="8"/>
-        <v>2.292580565187748E-2</v>
+        <v>-6.2213786948963484E-3</v>
       </c>
       <c r="H47" s="143">
         <f t="shared" si="8"/>
-        <v>-1.1220188904823986E-2</v>
+        <v>-4.5275649900644215E-3</v>
       </c>
       <c r="I47" s="143">
         <f t="shared" si="8"/>
-        <v>4.6554149699775497E-2</v>
+        <v>2.4712206402202449E-2</v>
       </c>
       <c r="J47" s="144">
         <f t="shared" si="8"/>
-        <v>2.7248473474638282E-2</v>
+        <v>8.8800104965926115E-3</v>
       </c>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A48" s="145" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A49" s="145" t="s">
         <v>26</v>
       </c>
       <c r="B49" s="25"/>
       <c r="C49" s="146"/>
       <c r="D49" s="147"/>
       <c r="E49" s="147"/>
       <c r="F49" s="148"/>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A50" s="145" t="s">
         <v>27</v>
       </c>
       <c r="B50" s="25"/>
       <c r="C50" s="146"/>
       <c r="D50" s="147"/>
       <c r="E50" s="147"/>
@@ -11764,58 +11770,58 @@
       <c r="A53" s="146" t="s">
         <v>29</v>
       </c>
       <c r="B53" s="25"/>
       <c r="C53" s="146"/>
       <c r="D53" s="147"/>
       <c r="E53" s="147"/>
       <c r="F53" s="148"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D35:J35"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.74803149606299213" top="0.98425196850393704" bottom="0.82677165354330717" header="0.94488188976377963" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9CF8CFD-8D9D-4B9A-A48F-8F7E08E614CA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6F293B75-439F-4126-8420-826E9198B642}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE55"/>
   <sheetViews>
-    <sheetView topLeftCell="A16" zoomScale="57" zoomScaleNormal="57" workbookViewId="0">
-      <selection activeCell="F27" sqref="F27"/>
+    <sheetView zoomScale="57" zoomScaleNormal="57" workbookViewId="0">
+      <selection activeCell="T75" sqref="T75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="3" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="4" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="3" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="4" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="3" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="4" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="3" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="4" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="21" width="9.15234375" style="3" customWidth="1"/>
     <col min="22" max="22" width="8.15234375" style="4" customWidth="1"/>
     <col min="23" max="23" width="0.84375" style="1" customWidth="1"/>
     <col min="24" max="25" width="9.15234375" style="3" customWidth="1"/>
     <col min="26" max="26" width="8.15234375" style="4" customWidth="1"/>
     <col min="27" max="27" width="0.84375" style="1" customWidth="1"/>
@@ -13187,400 +13193,400 @@
       <c r="G28" s="43"/>
       <c r="H28" s="40"/>
       <c r="I28" s="41"/>
       <c r="J28" s="42"/>
       <c r="L28" s="44"/>
       <c r="N28" s="42"/>
       <c r="P28" s="44"/>
       <c r="R28" s="42"/>
       <c r="T28" s="44"/>
       <c r="V28" s="42"/>
       <c r="X28" s="44"/>
       <c r="Z28" s="42"/>
       <c r="AB28" s="40"/>
       <c r="AC28" s="41"/>
       <c r="AD28" s="42"/>
     </row>
     <row r="29" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="38"/>
       <c r="C29" s="39"/>
       <c r="D29" s="40">
         <v>90.887629820218095</v>
       </c>
-      <c r="E29" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="42" t="str">
+      <c r="E29" s="41">
+        <v>93.846779820218103</v>
+      </c>
+      <c r="F29" s="42">
         <f>IF(D29="","",IF(E29="","",IF(D29=0,0,IF(E29=0,0,(E29-D29)/D29))))</f>
-        <v/>
+        <v>3.255833611079316E-2</v>
       </c>
       <c r="G29" s="43"/>
       <c r="H29" s="40">
         <v>431.4706871848532</v>
       </c>
-      <c r="I29" s="41" t="s">
-[...2 lines deleted...]
-      <c r="J29" s="42" t="str">
+      <c r="I29" s="41">
+        <v>438.19445322287726</v>
+      </c>
+      <c r="J29" s="42">
         <f>IF(H29="","",IF(I29="","",IF(H29=0,0,IF(I29=0,0,(I29-H29)/H29))))</f>
-        <v/>
+        <v>1.5583366930192914E-2</v>
       </c>
       <c r="L29" s="44">
         <v>22.506970283632327</v>
       </c>
-      <c r="M29" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N29" s="42" t="str">
+      <c r="M29" s="3">
+        <v>23.442898283632328</v>
+      </c>
+      <c r="N29" s="42">
         <f>IF(L29="","",IF(M29="","",IF(L29=0,0,IF(M29=0,0,(M29-L29)/L29))))</f>
-        <v/>
+        <v>4.158391770218102E-2</v>
       </c>
       <c r="P29" s="44">
         <v>39.229958684121364</v>
       </c>
-      <c r="Q29" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R29" s="42" t="str">
+      <c r="Q29" s="3">
+        <v>37.562254684121363</v>
+      </c>
+      <c r="R29" s="42">
         <f>IF(P29="","",IF(Q29="","",IF(P29=0,0,IF(Q29=0,0,(Q29-P29)/P29))))</f>
-        <v/>
+        <v>-4.2510980279849668E-2</v>
       </c>
       <c r="T29" s="44">
         <v>26.137050472264601</v>
       </c>
-      <c r="U29" s="3" t="s">
-[...2 lines deleted...]
-      <c r="V29" s="42" t="str">
+      <c r="U29" s="3">
+        <v>26.233507472264602</v>
+      </c>
+      <c r="V29" s="42">
         <f>IF(T29="","",IF(U29="","",IF(T29=0,0,IF(U29=0,0,(U29-T29)/T29))))</f>
-        <v/>
+        <v>3.690431715022952E-3</v>
       </c>
       <c r="X29" s="44">
         <v>98.017514638207032</v>
       </c>
-      <c r="Y29" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Z29" s="42" t="str">
+      <c r="Y29" s="3">
+        <v>99.50114213820703</v>
+      </c>
+      <c r="Z29" s="42">
         <f>IF(X29="","",IF(Y29="","",IF(X29=0,0,IF(Y29=0,0,(Y29-X29)/X29))))</f>
-        <v/>
+        <v>1.513635094172937E-2</v>
       </c>
       <c r="AB29" s="40">
         <v>708.24981108329655</v>
       </c>
-      <c r="AC29" s="41" t="s">
-[...2 lines deleted...]
-      <c r="AD29" s="42" t="str">
+      <c r="AC29" s="41">
+        <v>718.78103562132071</v>
+      </c>
+      <c r="AD29" s="42">
         <f>IF(AB29="","",IF(AC29="","",IF(AB29=0,0,IF(AC29=0,0,(AC29-AB29)/AB29))))</f>
-        <v/>
+        <v>1.4869364415242456E-2</v>
       </c>
     </row>
     <row r="30" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="45"/>
       <c r="B30" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C30" s="47"/>
       <c r="D30" s="41">
         <f>IF(D29="","",D29+D27)</f>
         <v>661.79894223713541</v>
       </c>
-      <c r="E30" s="41" t="str">
+      <c r="E30" s="41">
         <f>IF(E29="","",E29+E27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F30" s="42" t="str">
+        <v>675.50633052213539</v>
+      </c>
+      <c r="F30" s="42">
         <f>IF(D30="","",IF(E30="","",IF(D30=0,0,IF(E30=0,0,(E30-D30)/D30))))</f>
-        <v/>
+        <v>2.0712315191474505E-2</v>
       </c>
       <c r="G30" s="43"/>
       <c r="H30" s="40">
         <f>IF(H29="","",H29+H27)</f>
         <v>3472.5046596571738</v>
       </c>
-      <c r="I30" s="41" t="str">
+      <c r="I30" s="41">
         <f>IF(I29="","",I29+I27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J30" s="42" t="str">
+        <v>3407.4452854994947</v>
+      </c>
+      <c r="J30" s="42">
         <f>IF(H30="","",IF(I30="","",IF(H30=0,0,IF(I30=0,0,(I30-H30)/H30))))</f>
-        <v/>
+        <v>-1.8735575768558388E-2</v>
       </c>
       <c r="L30" s="44">
         <f>IF(L29="","",L29+L27)</f>
         <v>171.12915177768082</v>
       </c>
-      <c r="M30" s="3" t="str">
+      <c r="M30" s="3">
         <f>IF(M29="","",M29+M27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N30" s="42" t="str">
+        <v>175.9303324926808</v>
+      </c>
+      <c r="N30" s="42">
         <f>IF(L30="","",IF(M30="","",IF(L30=0,0,IF(M30=0,0,(M30-L30)/L30))))</f>
-        <v/>
+        <v>2.805589033268481E-2</v>
       </c>
       <c r="P30" s="44">
         <f>IF(P29="","",P29+P27)</f>
         <v>293.35210651313935</v>
       </c>
-      <c r="Q30" s="3" t="str">
+      <c r="Q30" s="3">
         <f>IF(Q29="","",Q29+Q27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R30" s="42" t="str">
+        <v>273.3757080885772</v>
+      </c>
+      <c r="R30" s="42">
         <f>IF(P30="","",IF(Q30="","",IF(P30=0,0,IF(Q30=0,0,(Q30-P30)/P30))))</f>
-        <v/>
+        <v>-6.8097000093188004E-2</v>
       </c>
       <c r="T30" s="44">
         <f>IF(T29="","",T29+T27)</f>
         <v>200.3003212624954</v>
       </c>
-      <c r="U30" s="3" t="str">
+      <c r="U30" s="3">
         <f>IF(U29="","",U29+U27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V30" s="42" t="str">
+        <v>194.26137383621005</v>
+      </c>
+      <c r="V30" s="42">
         <f>IF(T30="","",IF(U30="","",IF(T30=0,0,IF(U30=0,0,(U30-T30)/T30))))</f>
-        <v/>
+        <v>-3.0149464505207911E-2</v>
       </c>
       <c r="X30" s="44">
         <f>IF(X29="","",X29+X27)</f>
         <v>568.20637453083361</v>
       </c>
-      <c r="Y30" s="3" t="str">
+      <c r="Y30" s="3">
         <f>IF(Y29="","",Y29+Y27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z30" s="42" t="str">
+        <v>578.13900573083356</v>
+      </c>
+      <c r="Z30" s="42">
         <f>IF(X30="","",IF(Y30="","",IF(X30=0,0,IF(Y30=0,0,(Y30-X30)/X30))))</f>
-        <v/>
+        <v>1.7480675411642981E-2</v>
       </c>
       <c r="AB30" s="40">
         <f>IF(AB29="","",AB29+AB27)</f>
         <v>5367.2915559784587</v>
       </c>
-      <c r="AC30" s="41" t="str">
+      <c r="AC30" s="41">
         <f>IF(AC29="","",AC29+AC27)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AD30" s="42" t="str">
+        <v>5304.6580361699316</v>
+      </c>
+      <c r="AD30" s="42">
         <f>IF(AB30="","",IF(AC30="","",IF(AB30=0,0,IF(AC30=0,0,(AC30-AB30)/AB30))))</f>
-        <v/>
+        <v>-1.1669483417341397E-2</v>
       </c>
     </row>
     <row r="31" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="45"/>
       <c r="D31" s="40"/>
       <c r="E31" s="41"/>
       <c r="F31" s="42"/>
       <c r="G31" s="43"/>
       <c r="H31" s="40"/>
       <c r="I31" s="41"/>
       <c r="J31" s="42"/>
       <c r="L31" s="44"/>
       <c r="N31" s="42"/>
       <c r="P31" s="44"/>
       <c r="R31" s="42"/>
       <c r="T31" s="44"/>
       <c r="V31" s="42"/>
       <c r="X31" s="44"/>
       <c r="Z31" s="42"/>
       <c r="AB31" s="40"/>
       <c r="AC31" s="41"/>
       <c r="AD31" s="42"/>
     </row>
     <row r="32" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="37" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="38"/>
       <c r="C32" s="39"/>
       <c r="D32" s="40">
         <v>78.491278031963873</v>
       </c>
-      <c r="E32" s="41" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="42" t="str">
+      <c r="E32" s="41">
+        <v>82.206086031963864</v>
+      </c>
+      <c r="F32" s="42">
         <f>IF(D32="","",IF(E32="","",IF(D32=0,0,IF(E32=0,0,(E32-D32)/D32))))</f>
-        <v/>
+        <v>4.7327653379362934E-2</v>
       </c>
       <c r="G32" s="43"/>
       <c r="H32" s="40">
         <v>335.89000982478666</v>
       </c>
-      <c r="I32" s="41" t="s">
-[...2 lines deleted...]
-      <c r="J32" s="42" t="str">
+      <c r="I32" s="41">
+        <v>335.6966592820682</v>
+      </c>
+      <c r="J32" s="42">
         <f>IF(H32="","",IF(I32="","",IF(H32=0,0,IF(I32=0,0,(I32-H32)/H32))))</f>
-        <v/>
+        <v>-5.7563647939193525E-4</v>
       </c>
       <c r="L32" s="44">
         <v>19.406006749712478</v>
       </c>
-      <c r="M32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N32" s="42" t="str">
+      <c r="M32" s="3">
+        <v>20.357962749712478</v>
+      </c>
+      <c r="N32" s="42">
         <f>IF(L32="","",IF(M32="","",IF(L32=0,0,IF(M32=0,0,(M32-L32)/L32))))</f>
-        <v/>
+        <v>4.9054708280677241E-2</v>
       </c>
       <c r="P32" s="44">
         <v>35.065125809177886</v>
       </c>
-      <c r="Q32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R32" s="42" t="str">
+      <c r="Q32" s="3">
+        <v>33.684437809177886</v>
+      </c>
+      <c r="R32" s="42">
         <f>IF(P32="","",IF(Q32="","",IF(P32=0,0,IF(Q32=0,0,(Q32-P32)/P32))))</f>
-        <v/>
+        <v>-3.9374962106613072E-2</v>
       </c>
       <c r="T32" s="44">
         <v>24.046254944022362</v>
       </c>
-      <c r="U32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="V32" s="42" t="str">
+      <c r="U32" s="3">
+        <v>23.901296944022363</v>
+      </c>
+      <c r="V32" s="42">
         <f>IF(T32="","",IF(U32="","",IF(T32=0,0,IF(U32=0,0,(U32-T32)/T32))))</f>
-        <v/>
+        <v>-6.0282983914729735E-3</v>
       </c>
       <c r="X32" s="44">
         <v>79.454337926038974</v>
       </c>
-      <c r="Y32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Z32" s="42" t="str">
+      <c r="Y32" s="3">
+        <v>79.794435726038969</v>
+      </c>
+      <c r="Z32" s="42">
         <f>IF(X32="","",IF(Y32="","",IF(X32=0,0,IF(Y32=0,0,(Y32-X32)/X32))))</f>
-        <v/>
+        <v>4.2804182739094665E-3</v>
       </c>
       <c r="AB32" s="40">
         <v>572.35301328570222</v>
       </c>
-      <c r="AC32" s="41" t="s">
-[...2 lines deleted...]
-      <c r="AD32" s="42" t="str">
+      <c r="AC32" s="41">
+        <v>575.64087854298373</v>
+      </c>
+      <c r="AD32" s="42">
         <f>IF(AB32="","",IF(AC32="","",IF(AB32=0,0,IF(AC32=0,0,(AC32-AB32)/AB32))))</f>
-        <v/>
+        <v>5.7444709488063822E-3</v>
       </c>
     </row>
     <row r="33" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="45"/>
       <c r="B33" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C33" s="47"/>
       <c r="D33" s="41">
         <f>IF(D32="","",D32+D30)</f>
         <v>740.29022026909934</v>
       </c>
-      <c r="E33" s="41" t="str">
+      <c r="E33" s="41">
         <f>IF(E32="","",E32+E30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="F33" s="42" t="str">
+        <v>757.71241655409926</v>
+      </c>
+      <c r="F33" s="42">
         <f>IF(D33="","",IF(E33="","",IF(D33=0,0,IF(E33=0,0,(E33-D33)/D33))))</f>
-        <v/>
+        <v>2.3534278595044613E-2</v>
       </c>
       <c r="G33" s="43"/>
       <c r="H33" s="40">
         <f>IF(H32="","",H32+H30)</f>
         <v>3808.3946694819606</v>
       </c>
-      <c r="I33" s="41" t="str">
+      <c r="I33" s="41">
         <f>IF(I32="","",I32+I30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J33" s="42" t="str">
+        <v>3743.1419447815629</v>
+      </c>
+      <c r="J33" s="42">
         <f>IF(H33="","",IF(I33="","",IF(H33=0,0,IF(I33=0,0,(I33-H33)/H33))))</f>
-        <v/>
+        <v>-1.7133918714699221E-2</v>
       </c>
       <c r="L33" s="44">
         <f>IF(L32="","",L32+L30)</f>
         <v>190.53515852739329</v>
       </c>
-      <c r="M33" s="3" t="str">
+      <c r="M33" s="3">
         <f>IF(M32="","",M32+M30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="N33" s="42" t="str">
+        <v>196.28829524239327</v>
+      </c>
+      <c r="N33" s="42">
         <f>IF(L33="","",IF(M33="","",IF(L33=0,0,IF(M33=0,0,(M33-L33)/L33))))</f>
-        <v/>
+        <v>3.019462003477354E-2</v>
       </c>
       <c r="P33" s="44">
         <f>IF(P32="","",P32+P30)</f>
         <v>328.4172323223172</v>
       </c>
-      <c r="Q33" s="3" t="str">
+      <c r="Q33" s="3">
         <f>IF(Q32="","",Q32+Q30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R33" s="42" t="str">
+        <v>307.06014589775509</v>
+      </c>
+      <c r="R33" s="42">
         <f>IF(P33="","",IF(Q33="","",IF(P33=0,0,IF(Q33=0,0,(Q33-P33)/P33))))</f>
-        <v/>
+        <v>-6.5030346530664723E-2</v>
       </c>
       <c r="T33" s="44">
         <f>IF(T32="","",T32+T30)</f>
         <v>224.34657620651777</v>
       </c>
-      <c r="U33" s="3" t="str">
+      <c r="U33" s="3">
         <f>IF(U32="","",U32+U30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V33" s="42" t="str">
+        <v>218.16267078023242</v>
+      </c>
+      <c r="V33" s="42">
         <f>IF(T33="","",IF(U33="","",IF(T33=0,0,IF(U33=0,0,(U33-T33)/T33))))</f>
-        <v/>
+        <v>-2.7564073099974027E-2</v>
       </c>
       <c r="X33" s="44">
         <f>IF(X32="","",X32+X30)</f>
         <v>647.6607124568726</v>
       </c>
-      <c r="Y33" s="3" t="str">
+      <c r="Y33" s="3">
         <f>IF(Y32="","",Y32+Y30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z33" s="42" t="str">
+        <v>657.93344145687252</v>
+      </c>
+      <c r="Z33" s="42">
         <f>IF(X33="","",IF(Y33="","",IF(X33=0,0,IF(Y33=0,0,(Y33-X33)/X33))))</f>
-        <v/>
+        <v>1.5861281690270766E-2</v>
       </c>
       <c r="AB33" s="40">
         <f>IF(AB32="","",AB32+AB30)</f>
         <v>5939.644569264161</v>
       </c>
-      <c r="AC33" s="41" t="str">
+      <c r="AC33" s="41">
         <f>IF(AC32="","",AC32+AC30)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AD33" s="42" t="str">
+        <v>5880.2989147129156</v>
+      </c>
+      <c r="AD33" s="42">
         <f>IF(AB33="","",IF(AC33="","",IF(AB33=0,0,IF(AC33=0,0,(AC33-AB33)/AB33))))</f>
-        <v/>
+        <v>-9.9914487911180669E-3</v>
       </c>
     </row>
     <row r="34" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="45"/>
       <c r="D34" s="40"/>
       <c r="E34" s="41"/>
       <c r="F34" s="42"/>
       <c r="G34" s="43"/>
       <c r="H34" s="40"/>
       <c r="I34" s="41"/>
       <c r="J34" s="42"/>
       <c r="L34" s="44"/>
       <c r="N34" s="42"/>
       <c r="P34" s="44"/>
       <c r="R34" s="42"/>
       <c r="T34" s="44"/>
       <c r="V34" s="42"/>
       <c r="X34" s="44"/>
       <c r="Z34" s="42"/>
       <c r="AB34" s="40"/>
       <c r="AC34" s="41"/>
       <c r="AD34" s="42"/>
     </row>
     <row r="35" spans="1:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="37" t="s">
@@ -14573,55 +14579,55 @@
     <row r="54" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="P4:R4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A623EA73-F238-4071-9F96-405EDA8BE197}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68CCA2C4-E741-4954-8316-959A921A78DB}">
   <dimension ref="F35"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F27" sqref="F27"/>
+      <selection activeCell="T75" sqref="T75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="35" spans="6:6" x14ac:dyDescent="0.3">
       <c r="F35" t="str">
         <f>IF(D35="","",IF(E35="","",IF(D35=0,0,IF(E35=0,0,(E35-D35)/D35))))</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">