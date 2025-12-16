--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -39,304 +39,308 @@
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{307F22DC-B10F-4F48-9BB2-976BEEDCF361}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{142BBE11-F344-4EB7-A5BB-37C34A9EEA2B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{BBBAACF9-08FC-4F1A-AA2A-DBC6DA71468F}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B995A914-7CC9-4309-8F37-6480C64209C9}"/>
   </bookViews>
   <sheets>
     <sheet name="VIC" sheetId="2" r:id="rId1"/>
     <sheet name="VIC Monthly" sheetId="1" r:id="rId2"/>
     <sheet name="VIC Graphs" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">VIC!$A$1:$G$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'VIC Monthly'!$A$1:$S$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G47" i="2" l="1"/>
   <c r="F47" i="2"/>
   <c r="E47" i="2"/>
   <c r="D47" i="2"/>
   <c r="G41" i="2"/>
+  <c r="D41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
-  <c r="D41" i="2"/>
-  <c r="D32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
-  <c r="E26" i="2"/>
+  <c r="G32" i="2"/>
+  <c r="D32" i="2"/>
+  <c r="D27" i="2"/>
+  <c r="G26" i="2"/>
   <c r="G23" i="2"/>
   <c r="F23" i="2"/>
   <c r="E23" i="2"/>
+  <c r="B23" i="2"/>
+  <c r="F26" i="2"/>
+  <c r="E26" i="2"/>
   <c r="D23" i="2"/>
-  <c r="B23" i="2"/>
-[...2 lines deleted...]
-  <c r="D26" i="2"/>
+  <c r="D15" i="2"/>
   <c r="E14" i="2"/>
+  <c r="G11" i="2"/>
+  <c r="D11" i="2"/>
+  <c r="G15" i="2"/>
   <c r="F11" i="2"/>
   <c r="E11" i="2"/>
-  <c r="D11" i="2"/>
-[...2 lines deleted...]
-  <c r="D15" i="2"/>
   <c r="G14" i="2"/>
   <c r="F14" i="2"/>
   <c r="D14" i="2"/>
   <c r="Q49" i="1"/>
   <c r="M49" i="1"/>
   <c r="I49" i="1"/>
   <c r="E49" i="1"/>
-  <c r="R44" i="1"/>
   <c r="N44" i="1"/>
   <c r="J44" i="1"/>
   <c r="F44" i="1"/>
   <c r="R41" i="1"/>
   <c r="N41" i="1"/>
   <c r="J41" i="1"/>
+  <c r="F41" i="1"/>
   <c r="R38" i="1"/>
   <c r="N38" i="1"/>
   <c r="J38" i="1"/>
   <c r="R35" i="1"/>
   <c r="N35" i="1"/>
-  <c r="F35" i="1"/>
   <c r="R32" i="1"/>
-  <c r="J32" i="1"/>
-  <c r="F32" i="1"/>
   <c r="J29" i="1"/>
   <c r="F29" i="1"/>
-  <c r="R26" i="1"/>
   <c r="N26" i="1"/>
   <c r="J26" i="1"/>
   <c r="F26" i="1"/>
-  <c r="R23" i="1"/>
   <c r="N23" i="1"/>
   <c r="J23" i="1"/>
   <c r="F23" i="1"/>
   <c r="R20" i="1"/>
   <c r="N20" i="1"/>
-  <c r="J20" i="1"/>
+  <c r="H21" i="1"/>
   <c r="F20" i="1"/>
-  <c r="Q18" i="1"/>
-[...1 lines deleted...]
-  <c r="R18" i="1" s="1"/>
   <c r="R17" i="1"/>
-  <c r="L18" i="1"/>
+  <c r="N17" i="1"/>
   <c r="J17" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="J18" i="1" s="1"/>
   <c r="F17" i="1"/>
-  <c r="Q15" i="1"/>
-[...2 lines deleted...]
-  <c r="M15" i="1"/>
+  <c r="H15" i="1"/>
+  <c r="J15" i="1" s="1"/>
+  <c r="N14" i="1"/>
+  <c r="J14" i="1"/>
+  <c r="F14" i="1"/>
+  <c r="M12" i="1"/>
+  <c r="M15" i="1" s="1"/>
   <c r="M18" i="1" s="1"/>
-  <c r="L15" i="1"/>
-[...10 lines deleted...]
-  <c r="M12" i="1"/>
+  <c r="M21" i="1" s="1"/>
   <c r="L12" i="1"/>
-  <c r="N12" i="1" s="1"/>
-  <c r="I12" i="1"/>
+  <c r="L15" i="1" s="1"/>
   <c r="H12" i="1"/>
   <c r="J12" i="1" s="1"/>
+  <c r="R11" i="1"/>
+  <c r="P12" i="1"/>
+  <c r="N11" i="1"/>
+  <c r="I12" i="1"/>
+  <c r="I15" i="1" s="1"/>
+  <c r="I18" i="1" s="1"/>
+  <c r="I21" i="1" s="1"/>
   <c r="E12" i="1"/>
   <c r="E15" i="1" s="1"/>
   <c r="E18" i="1" s="1"/>
+  <c r="E21" i="1" s="1"/>
+  <c r="F11" i="1"/>
+  <c r="P15" i="1" l="1"/>
+  <c r="R15" i="1" s="1"/>
+  <c r="R12" i="1"/>
+  <c r="L21" i="1"/>
+  <c r="J21" i="1"/>
+  <c r="H24" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="L18" i="1"/>
+  <c r="N18" i="1" s="1"/>
+  <c r="E15" i="2"/>
+  <c r="D26" i="2"/>
+  <c r="N12" i="1"/>
+  <c r="F15" i="2"/>
+  <c r="R14" i="1"/>
+  <c r="J20" i="1"/>
+  <c r="R26" i="1"/>
+  <c r="N29" i="1"/>
+  <c r="J32" i="1"/>
+  <c r="F35" i="1"/>
+  <c r="R23" i="1"/>
+  <c r="R44" i="1"/>
+  <c r="Q12" i="1"/>
+  <c r="Q15" i="1" s="1"/>
+  <c r="Q18" i="1" s="1"/>
+  <c r="Q21" i="1" s="1"/>
+  <c r="R29" i="1"/>
+  <c r="N32" i="1"/>
+  <c r="J35" i="1"/>
+  <c r="F38" i="1"/>
+  <c r="F32" i="1"/>
   <c r="D12" i="1"/>
   <c r="F12" i="1" s="1"/>
-  <c r="R11" i="1"/>
-  <c r="N11" i="1"/>
+  <c r="F27" i="2"/>
+  <c r="G27" i="2"/>
   <c r="J11" i="1"/>
-  <c r="F11" i="1"/>
-[...7 lines deleted...]
-  <c r="J35" i="1"/>
+  <c r="E27" i="2"/>
+  <c r="D15" i="1" l="1"/>
+  <c r="L24" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="P18" i="1"/>
+  <c r="H27" i="1"/>
+  <c r="J24" i="1"/>
+  <c r="J27" i="1" l="1"/>
+  <c r="H30" i="1"/>
+  <c r="R18" i="1"/>
   <c r="P21" i="1"/>
-  <c r="D27" i="2"/>
-[...12 lines deleted...]
-  <c r="J18" i="1"/>
+  <c r="N24" i="1"/>
+  <c r="L27" i="1"/>
+  <c r="F15" i="1"/>
   <c r="D18" i="1"/>
-  <c r="F15" i="1"/>
-[...1 lines deleted...]
-  <c r="L24" i="1"/>
+  <c r="D21" i="1" l="1"/>
+  <c r="F18" i="1"/>
+  <c r="N27" i="1"/>
+  <c r="L30" i="1"/>
   <c r="R21" i="1"/>
   <c r="P24" i="1"/>
-  <c r="R24" i="1" l="1"/>
+  <c r="J30" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="J33" i="1" l="1"/>
+  <c r="H36" i="1"/>
+  <c r="R24" i="1"/>
   <c r="P27" i="1"/>
-  <c r="L27" i="1"/>
-[...6 lines deleted...]
-  <c r="L30" i="1"/>
+  <c r="N30" i="1"/>
+  <c r="L33" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="D27" i="1" l="1"/>
+  <c r="F24" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="L36" i="1"/>
   <c r="R27" i="1"/>
   <c r="P30" i="1"/>
-  <c r="J24" i="1"/>
-[...4 lines deleted...]
-  <c r="D27" i="1"/>
+  <c r="J36" i="1"/>
+  <c r="H39" i="1"/>
+  <c r="J39" i="1" l="1"/>
+  <c r="H42" i="1"/>
+  <c r="P33" i="1"/>
   <c r="R30" i="1"/>
-  <c r="P33" i="1"/>
-[...9 lines deleted...]
-  <c r="H33" i="1"/>
+  <c r="L39" i="1"/>
+  <c r="N36" i="1"/>
   <c r="D30" i="1"/>
   <c r="F27" i="1"/>
-  <c r="J33" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="F30" i="1"/>
+  <c r="F30" i="1" l="1"/>
   <c r="D33" i="1"/>
+  <c r="L42" i="1"/>
+  <c r="N39" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="H45" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="H47" i="1" l="1"/>
+  <c r="J45" i="1"/>
+  <c r="P39" i="1"/>
   <c r="R36" i="1"/>
-  <c r="P39" i="1"/>
-[...1 lines deleted...]
-  <c r="P42" i="1"/>
+  <c r="L45" i="1"/>
+  <c r="N42" i="1"/>
   <c r="F33" i="1"/>
   <c r="D36" i="1"/>
-  <c r="N39" i="1"/>
-[...6 lines deleted...]
-  <c r="J39" i="1"/>
+  <c r="J47" i="1" l="1"/>
   <c r="F36" i="1"/>
   <c r="D39" i="1"/>
+  <c r="L47" i="1"/>
+  <c r="N45" i="1"/>
+  <c r="P42" i="1"/>
+  <c r="R39" i="1"/>
+  <c r="R42" i="1" l="1"/>
   <c r="P45" i="1"/>
-  <c r="R42" i="1"/>
-[...1 lines deleted...]
-  <c r="P47" i="1"/>
+  <c r="N47" i="1"/>
   <c r="F39" i="1"/>
   <c r="D42" i="1"/>
-  <c r="J42" i="1"/>
-[...6 lines deleted...]
-  <c r="J45" i="1"/>
+  <c r="F42" i="1" l="1"/>
   <c r="D45" i="1"/>
-  <c r="F42" i="1"/>
+  <c r="R45" i="1"/>
+  <c r="P47" i="1"/>
+  <c r="P49" i="1" l="1"/>
   <c r="R47" i="1"/>
-  <c r="P49" i="1"/>
-  <c r="D47" i="1" l="1"/>
+  <c r="H49" i="1"/>
+  <c r="L49" i="1"/>
+  <c r="D47" i="1"/>
   <c r="F45" i="1"/>
-  <c r="J47" i="1"/>
-  <c r="H49" i="1"/>
   <c r="F47" i="1" l="1"/>
   <c r="D49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="48">
   <si>
     <t>Victoria Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>Eastern</t>
   </si>
   <si>
     <t>Northern</t>
   </si>
   <si>
     <t>Western</t>
   </si>
   <si>
     <t>Total VIC</t>
   </si>
@@ -424,57 +428,57 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>25/26 by Region</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t>VIC</t>
   </si>
   <si>
-    <t>September-23</t>
+    <t>October-23</t>
   </si>
   <si>
-    <t>September-24</t>
+    <t>October-24</t>
   </si>
   <si>
-    <t>September-25</t>
+    <t>October-25</t>
   </si>
   <si>
     <t>% change 24 &amp; 25</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
@@ -1210,51 +1214,51 @@
     <xf numFmtId="165" fontId="2" fillId="0" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{0569A2CA-DF2E-4BFB-9836-DADEF25546FA}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{B7D345B4-DB97-4B2A-8E6A-1C2D6712EB23}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1467,51 +1471,51 @@
                 <c:v>503753.09632694419</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>431470.68718485325</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>335890.00982478651</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>346003.14459907613</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>357786.27468384698</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>387373.11737052002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366134.64273873752</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2F16-4828-A012-12C7C6CD3E63}"/>
+              <c16:uniqueId val="{00000000-CFD3-4E76-A1F8-91DBF336FB8C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1532,66 +1536,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>370967.59067714401</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>445486.30595947203</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>527702.71058725996</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>575822.37375453999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2F16-4828-A012-12C7C6CD3E63}"/>
+              <c16:uniqueId val="{00000001-CFD3-4E76-A1F8-91DBF336FB8C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618071048"/>
         <c:axId val="618070656"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618071048"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -1943,51 +1950,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-4D55-4B49-B533-31DC02B5D0A9}"/>
+              <c16:uniqueId val="{00000000-1E12-40E6-80B1-7173E03F0704}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2050,51 +2057,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-4D55-4B49-B533-31DC02B5D0A9}"/>
+              <c16:uniqueId val="{00000001-1E12-40E6-80B1-7173E03F0704}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2157,51 +2164,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-4D55-4B49-B533-31DC02B5D0A9}"/>
+              <c16:uniqueId val="{00000002-1E12-40E6-80B1-7173E03F0704}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="464737088"/>
         <c:axId val="812211360"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="464737088"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2533,51 +2540,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-7CB8-4293-87E1-5002F94E05AE}"/>
+              <c16:uniqueId val="{00000000-F447-4E80-828E-F9B28A0E5764}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2640,51 +2647,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7CB8-4293-87E1-5002F94E05AE}"/>
+              <c16:uniqueId val="{00000001-F447-4E80-828E-F9B28A0E5764}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2747,51 +2754,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-7CB8-4293-87E1-5002F94E05AE}"/>
+              <c16:uniqueId val="{00000002-F447-4E80-828E-F9B28A0E5764}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="812215672"/>
         <c:axId val="181844360"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="812215672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3123,51 +3130,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D391-4F74-8674-204E6AEABA46}"/>
+              <c16:uniqueId val="{00000000-D774-40D9-B293-B52E013074EC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3230,51 +3237,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D391-4F74-8674-204E6AEABA46}"/>
+              <c16:uniqueId val="{00000001-D774-40D9-B293-B52E013074EC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3337,51 +3344,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-D391-4F74-8674-204E6AEABA46}"/>
+              <c16:uniqueId val="{00000002-D774-40D9-B293-B52E013074EC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955736128"/>
         <c:axId val="955745536"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955736128"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3713,51 +3720,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-8542-4582-8EF6-99E2BE2D23CE}"/>
+              <c16:uniqueId val="{00000000-3306-41D7-8B1E-784AE56B7C4B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3820,51 +3827,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-8542-4582-8EF6-99E2BE2D23CE}"/>
+              <c16:uniqueId val="{00000001-3306-41D7-8B1E-784AE56B7C4B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3927,51 +3934,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-8542-4582-8EF6-99E2BE2D23CE}"/>
+              <c16:uniqueId val="{00000002-3306-41D7-8B1E-784AE56B7C4B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955741224"/>
         <c:axId val="955740048"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955741224"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4322,51 +4329,51 @@
                 <c:v>194901.2656476527</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>162290.37091713134</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>125577.09149694168</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>132067.41224151681</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>134252.6592981187</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>134042.85196283631</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>115766.09039615547</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-7A6D-4656-9298-209B0D70DC4F}"/>
+              <c16:uniqueId val="{00000000-D870-4FEA-929C-7A56C4A17933}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4387,66 +4394,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>114502.36123630199</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>156396.93684390301</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>201960.886122759</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>224823.805421058</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7A6D-4656-9298-209B0D70DC4F}"/>
+              <c16:uniqueId val="{00000001-D870-4FEA-929C-7A56C4A17933}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955742008"/>
         <c:axId val="955739264"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955742008"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4817,51 +4827,51 @@
                 <c:v>146094.04492940902</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>133192.12082639887</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>104816.95393979877</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108199.11228319666</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>117216.65783121194</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>131614.07869070693</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>119824.10401702045</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-A5E1-41B1-84D7-3DACD16CA9CE}"/>
+              <c16:uniqueId val="{00000000-A2EB-45D6-AF0F-51754B1EF6CE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4882,66 +4892,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>111248.476081067</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>124036.481514703</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>146472.522386572</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>162789.32251928601</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-A5E1-41B1-84D7-3DACD16CA9CE}"/>
+              <c16:uniqueId val="{00000001-A2EB-45D6-AF0F-51754B1EF6CE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955743184"/>
         <c:axId val="955736520"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955743184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5312,51 +5325,51 @@
                 <c:v>162757.78574988246</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>135988.19544132304</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>105495.96438804609</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>105736.6200743627</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>106316.95755451632</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>121716.18671697678</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>130544.44832556156</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-7E0F-4C72-A2BA-F4D47BAEB5DE}"/>
+              <c16:uniqueId val="{00000000-C8EC-4C57-B168-532D3D40A17F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5377,66 +5390,69 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="3"/>
+              <c:ptCount val="4"/>
               <c:pt idx="0">
                 <c:v>145216.75335977401</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>165052.88760086501</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>179269.30207792801</c:v>
+              </c:pt>
+              <c:pt idx="3">
+                <c:v>188209.24581419601</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7E0F-4C72-A2BA-F4D47BAEB5DE}"/>
+              <c16:uniqueId val="{00000001-C8EC-4C57-B168-532D3D40A17F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955745144"/>
         <c:axId val="955739656"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955745144"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5788,51 +5804,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-AD06-4965-AE79-B0AA75DED261}"/>
+              <c16:uniqueId val="{00000000-4722-4E8F-9FDF-BBE99E57CB8B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5895,51 +5911,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-AD06-4965-AE79-B0AA75DED261}"/>
+              <c16:uniqueId val="{00000001-4722-4E8F-9FDF-BBE99E57CB8B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6002,51 +6018,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-AD06-4965-AE79-B0AA75DED261}"/>
+              <c16:uniqueId val="{00000002-4722-4E8F-9FDF-BBE99E57CB8B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618070264"/>
         <c:axId val="618067128"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618070264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6378,51 +6394,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-7C45-483D-9701-E42A0C432C05}"/>
+              <c16:uniqueId val="{00000000-716D-46AE-BD37-0A6904B71A19}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6485,51 +6501,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-7C45-483D-9701-E42A0C432C05}"/>
+              <c16:uniqueId val="{00000001-716D-46AE-BD37-0A6904B71A19}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6592,51 +6608,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-7C45-483D-9701-E42A0C432C05}"/>
+              <c16:uniqueId val="{00000002-716D-46AE-BD37-0A6904B71A19}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618065952"/>
         <c:axId val="618063992"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618065952"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6968,51 +6984,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-EBC7-44D6-A2BC-49ED58C5669E}"/>
+              <c16:uniqueId val="{00000000-B903-44A5-B9A3-F475E91953FC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7075,51 +7091,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-EBC7-44D6-A2BC-49ED58C5669E}"/>
+              <c16:uniqueId val="{00000001-B903-44A5-B9A3-F475E91953FC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7182,51 +7198,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-EBC7-44D6-A2BC-49ED58C5669E}"/>
+              <c16:uniqueId val="{00000002-B903-44A5-B9A3-F475E91953FC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618065560"/>
         <c:axId val="618071832"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618065560"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7558,51 +7574,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-71C1-463A-B930-9502FEFC2B11}"/>
+              <c16:uniqueId val="{00000000-66A1-43D4-A70C-FF731A2F63B9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7665,51 +7681,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-71C1-463A-B930-9502FEFC2B11}"/>
+              <c16:uniqueId val="{00000001-66A1-43D4-A70C-FF731A2F63B9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7772,51 +7788,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-71C1-463A-B930-9502FEFC2B11}"/>
+              <c16:uniqueId val="{00000002-66A1-43D4-A70C-FF731A2F63B9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618074184"/>
         <c:axId val="618073008"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618074184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8148,51 +8164,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-FE3F-46A6-A52B-48B0F4A5F6B6}"/>
+              <c16:uniqueId val="{00000000-F2F0-4B42-A2AB-21B23395D25D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8255,51 +8271,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-FE3F-46A6-A52B-48B0F4A5F6B6}"/>
+              <c16:uniqueId val="{00000001-F2F0-4B42-A2AB-21B23395D25D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8362,51 +8378,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-FE3F-46A6-A52B-48B0F4A5F6B6}"/>
+              <c16:uniqueId val="{00000002-F2F0-4B42-A2AB-21B23395D25D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618066736"/>
         <c:axId val="618074576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618066736"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8738,51 +8754,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2DDD-4A1A-BE3C-A225F31B5367}"/>
+              <c16:uniqueId val="{00000000-305E-4BBD-ABE3-7FD2EB78C37B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8845,51 +8861,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2DDD-4A1A-BE3C-A225F31B5367}"/>
+              <c16:uniqueId val="{00000001-305E-4BBD-ABE3-7FD2EB78C37B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8952,51 +8968,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2DDD-4A1A-BE3C-A225F31B5367}"/>
+              <c16:uniqueId val="{00000002-305E-4BBD-ABE3-7FD2EB78C37B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618067520"/>
         <c:axId val="618067912"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618067520"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9328,51 +9344,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-F727-4189-9869-65442FB66B07}"/>
+              <c16:uniqueId val="{00000000-BA35-4B6B-A907-EC42F3594572}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9435,51 +9451,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-F727-4189-9869-65442FB66B07}"/>
+              <c16:uniqueId val="{00000001-BA35-4B6B-A907-EC42F3594572}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9542,51 +9558,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-F727-4189-9869-65442FB66B07}"/>
+              <c16:uniqueId val="{00000002-BA35-4B6B-A907-EC42F3594572}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618069088"/>
         <c:axId val="618069480"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618069088"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9918,51 +9934,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-91DF-45AD-9A64-E472953FC884}"/>
+              <c16:uniqueId val="{00000000-3253-468F-99E2-7BA364C86C98}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10025,51 +10041,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-91DF-45AD-9A64-E472953FC884}"/>
+              <c16:uniqueId val="{00000001-3253-468F-99E2-7BA364C86C98}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10132,51 +10148,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-91DF-45AD-9A64-E472953FC884}"/>
+              <c16:uniqueId val="{00000002-3253-468F-99E2-7BA364C86C98}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="464739048"/>
         <c:axId val="464740224"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="464739048"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -10454,51 +10470,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9825CB7D-ECD5-4B97-949B-A4D6260411FE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B070215-CE18-44BF-B478-BC3B5F15F309}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="7023100" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -10508,51 +10524,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>427990</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>40640</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8BE5F5E-4272-4822-AD24-BFE8B1F0F9C5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DEE9088-E25C-4D57-9C47-F506939E58E9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1501140" cy="815340"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -11011,670 +11027,670 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>465667</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>67733</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>16722</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>282998</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{348549A8-42BD-4267-ACCC-C55582CAE1DF}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59C169BB-EB59-4267-AE1D-4B2666C9BEC1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8746067" y="67733"/>
           <a:ext cx="1805305" cy="970915"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1025">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6DD03BB-5563-4DA4-88B0-6236B0438E95}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DCB715C-3509-4E75-B75B-73439B9CEDF8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 1026">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F3ED3AB-2B5D-4000-A410-9B72EF275521}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F37E5579-861E-40BE-A857-1493515AF1AB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 1027">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73B6715E-1C3F-4D3B-9594-32B7B45657B0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E90EBA4-886B-446A-8425-303089D1F632}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 1028">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E031B200-42C8-46EA-8F5B-3C0DA895E229}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F34B8E3C-4562-4FF9-B876-58A50C8713CD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 1029">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FEA8B9-1606-476C-8BE2-36D8FDCF2F89}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A60F7BE5-2EA4-48BA-A2FB-4B756B8BCF5C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 1030">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40E0DEB7-4D0B-4C64-8ED5-295D8E13D288}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8254D8FB-8C32-4D16-A007-719DD12A99E2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 1031">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{224C43DA-74FB-41CC-A6BD-6C12A98D0309}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BD9DD20-21E8-43EE-8794-B9AF2F604805}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 1032">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A387C6F-7808-4388-B5C9-A4191EFF9FDF}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3C0F0AB-EA60-49F8-BB63-A2229CF9D4D7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 1033">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47F17388-6F3F-4ADA-B2F7-921D9A23FE4A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55E25CFA-6A9A-456E-B580-3F8EF2834E2C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 1034">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F36E8A2-792B-44CA-A3B6-AF9F70137536}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{393740AF-C33B-4CE5-B47F-39A99749A198}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 1035">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{278B81FD-5E7D-4146-ADF6-A672DB7419C6}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EDB501C-43B0-4902-A9A7-0E63D2020BC0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 1036">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FEA0E5A-56C2-4233-AD1D-8653990F85AA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E223BA13-0282-4080-BF7B-DE1921DCAE0C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 1037">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC009B20-E104-4E84-AF75-CB875EE36BDD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{703D0F81-A555-4DDA-A9EC-FB0CE3AC366C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="15" name="Chart 1039">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81AC6805-EB5F-4916-9EA0-B4CC60AD9B63}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBFB9A5A-F248-4366-BF87-637B050FDF29}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>85</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>314325</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="16" name="Chart 1041">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D464BEF0-19B6-469B-AA86-7A4B4F459213}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D1600DF-E2B2-438D-9CA5-9BF874593082}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="17" name="Chart 1043">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78BEDA12-B556-4190-B2E8-6F437BA0178B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E227A741-CD2A-448B-A396-388525CFC75E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
@@ -12225,58 +12241,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A643C77-F27D-412F-BD89-B95AAC0A7BFF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E06EF24-AE19-459A-AA19-3AB0DFA0D37C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="A6" sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="A3" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="71" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="72" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="71" customWidth="1"/>
     <col min="4" max="7" width="14.61328125" style="128" customWidth="1"/>
     <col min="8" max="16384" width="9" style="71"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D1" s="73"/>
       <c r="E1" s="73"/>
       <c r="F1" s="73"/>
       <c r="G1" s="73"/>
     </row>
     <row r="2" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="D2" s="74" t="s">
         <v>28</v>
       </c>
       <c r="E2" s="74"/>
       <c r="F2" s="74"/>
       <c r="G2" s="74"/>
     </row>
@@ -12302,363 +12318,363 @@
       <c r="G5" s="79"/>
     </row>
     <row r="6" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B6" s="72"/>
       <c r="D6" s="80" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="81" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="81" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="83" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="84" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="85">
-        <v>192639.25181275926</v>
+        <v>218409.69861105832</v>
       </c>
       <c r="E7" s="86">
-        <v>145734.12098835307</v>
+        <v>160734.55659306096</v>
       </c>
       <c r="F7" s="86">
-        <v>186773.48797440951</v>
+        <v>203713.47916787674</v>
       </c>
       <c r="G7" s="87">
-        <v>525146.86077552184</v>
+        <v>582857.73437199602</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="88"/>
       <c r="B8" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="90">
-        <v>203442.0626127593</v>
+        <v>231842.88601105829</v>
       </c>
       <c r="E8" s="91">
-        <v>152324.19273950602</v>
+        <v>166080.98620240021</v>
       </c>
       <c r="F8" s="91">
-        <v>179668.34718998545</v>
+        <v>195907.44538269262</v>
       </c>
       <c r="G8" s="92">
-        <v>535434.60254225077</v>
+        <v>593831.31759615114</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="93"/>
       <c r="B9" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="90">
-        <v>201960.88612275926</v>
+        <v>224823.80542105832</v>
       </c>
       <c r="E9" s="91">
-        <v>146472.52238657192</v>
+        <v>162789.32251928578</v>
       </c>
       <c r="F9" s="91">
-        <v>179269.30207792844</v>
+        <v>188209.24581419601</v>
       </c>
       <c r="G9" s="92">
-        <v>527702.71058725961</v>
+        <v>575822.37375454023</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="93"/>
       <c r="B10" s="94"/>
       <c r="C10" s="95"/>
       <c r="D10" s="96"/>
       <c r="E10" s="97"/>
       <c r="F10" s="97"/>
       <c r="G10" s="98"/>
     </row>
     <row r="11" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="99"/>
       <c r="B11" s="94" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="100">
         <f>(D9-D8)/D8</f>
-        <v>-7.2805813654149738E-3</v>
+        <v>-3.0275160522566895E-2</v>
       </c>
       <c r="E11" s="97">
         <f>(E9-E8)/E8</f>
-        <v>-3.8415896041814009E-2</v>
+        <v>-1.9819629919001869E-2</v>
       </c>
       <c r="F11" s="97">
         <f>(F9-F8)/F8</f>
-        <v>-2.2210095339444927E-3</v>
+        <v>-3.9295084234591854E-2</v>
       </c>
       <c r="G11" s="98">
         <f>(G9-G8)/G8</f>
-        <v>-1.4440403960222264E-2</v>
+        <v>-3.0326699363906438E-2</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="99"/>
       <c r="B12" s="101"/>
       <c r="D12" s="102"/>
       <c r="G12" s="101"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="93"/>
       <c r="B13" s="89"/>
       <c r="D13" s="90"/>
       <c r="E13" s="91"/>
       <c r="F13" s="91"/>
       <c r="G13" s="92"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="103" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="104" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="105"/>
       <c r="D14" s="106">
         <f>D8/$G$8</f>
-        <v>0.37995688296350966</v>
+        <v>0.39041875889868183</v>
       </c>
       <c r="E14" s="107">
         <f>E8/$G$8</f>
-        <v>0.284487016745404</v>
+        <v>0.27967704174764907</v>
       </c>
       <c r="F14" s="107">
         <f>F8/$G$8</f>
-        <v>0.33555610029108635</v>
+        <v>0.32990419935366905</v>
       </c>
       <c r="G14" s="108">
         <f>G8/$G$8</f>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="93"/>
       <c r="B15" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="109">
         <f>D9/$G$9</f>
-        <v>0.38271716644776171</v>
+        <v>0.39043950993973625</v>
       </c>
       <c r="E15" s="110">
         <f>E9/$G$9</f>
-        <v>0.27756636349957042</v>
+        <v>0.28270753263345599</v>
       </c>
       <c r="F15" s="110">
         <f>F9/$G$9</f>
-        <v>0.33971647005266786</v>
+        <v>0.32685295742680759</v>
       </c>
       <c r="G15" s="111">
         <f>G9/$G$9</f>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="112"/>
       <c r="B16" s="113"/>
       <c r="C16" s="114"/>
       <c r="D16" s="115"/>
       <c r="E16" s="115"/>
       <c r="F16" s="115"/>
       <c r="G16" s="116"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="88"/>
       <c r="D17" s="91"/>
       <c r="E17" s="91"/>
       <c r="F17" s="91"/>
       <c r="G17" s="117"/>
     </row>
     <row r="18" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B18" s="72"/>
       <c r="D18" s="80" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="81" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="81" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="83" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="118" t="s">
         <v>45</v>
       </c>
       <c r="D19" s="119">
-        <v>458781.75669296429</v>
+        <v>677191.45530402288</v>
       </c>
       <c r="E19" s="86">
-        <v>375451.31569587009</v>
+        <v>536185.87228893104</v>
       </c>
       <c r="F19" s="86">
-        <v>518209.54158249631</v>
+        <v>721923.02075037302</v>
       </c>
       <c r="G19" s="87">
-        <v>1352442.6139713307</v>
+        <v>1935300.3483433267</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="88"/>
       <c r="B20" s="89" t="s">
         <v>46</v>
       </c>
       <c r="D20" s="90">
-        <v>481181.3146929642</v>
+        <v>713024.20070402278</v>
       </c>
       <c r="E20" s="91">
-        <v>396470.0966423144</v>
+        <v>562551.08284471452</v>
       </c>
       <c r="F20" s="91">
-        <v>510831.17975869559</v>
+        <v>706738.62514138839</v>
       </c>
       <c r="G20" s="92">
-        <v>1388482.5910939744</v>
+        <v>1982313.9086901257</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="93"/>
       <c r="B21" s="89" t="s">
         <v>47</v>
       </c>
       <c r="D21" s="90">
-        <v>472860.18420296442</v>
+        <v>697683.98962402274</v>
       </c>
       <c r="E21" s="91">
-        <v>381757.47998234286</v>
+        <v>544546.80250162864</v>
       </c>
       <c r="F21" s="91">
-        <v>489538.94303856813</v>
+        <v>677748.1888527642</v>
       </c>
       <c r="G21" s="92">
-        <v>1344156.6072238754</v>
+        <v>1919978.9809784153</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="93"/>
       <c r="B22" s="94"/>
       <c r="C22" s="95"/>
       <c r="D22" s="96"/>
       <c r="E22" s="97"/>
       <c r="F22" s="97"/>
       <c r="G22" s="98"/>
     </row>
     <row r="23" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="99"/>
       <c r="B23" s="94" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="100">
         <f>(D21-D20)/D20</f>
-        <v>-1.7293128880761687E-2</v>
+        <v>-2.1514292312734246E-2</v>
       </c>
       <c r="E23" s="97">
         <f>(E21-E20)/E20</f>
-        <v>-3.710901978376669E-2</v>
+        <v>-3.2004703025441943E-2</v>
       </c>
       <c r="F23" s="97">
         <f>(F21-F20)/F20</f>
-        <v>-4.1681552661263555E-2</v>
+        <v>-4.1020025306844426E-2</v>
       </c>
       <c r="G23" s="98">
         <f>(G21-G20)/G20</f>
-        <v>-3.192404726887859E-2</v>
+        <v>-3.1445538185675165E-2</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="99"/>
       <c r="B24" s="101"/>
       <c r="D24" s="102"/>
       <c r="G24" s="101"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="93"/>
       <c r="B25" s="89"/>
       <c r="D25" s="90"/>
       <c r="E25" s="91"/>
       <c r="F25" s="91"/>
       <c r="G25" s="92"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="103" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="89" t="s">
         <v>46</v>
       </c>
       <c r="D26" s="109">
         <f>D20/$G$20</f>
-        <v>0.34655192494264209</v>
+        <v>0.35969288091974055</v>
       </c>
       <c r="E26" s="110">
         <f>E20/$G$20</f>
-        <v>0.2855420004437641</v>
+        <v>0.28378506571466133</v>
       </c>
       <c r="F26" s="110">
         <f>F20/$G$20</f>
-        <v>0.36790607461359365</v>
+        <v>0.35652205336559811</v>
       </c>
       <c r="G26" s="111">
         <f>G20/$G$20</f>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="93"/>
       <c r="B27" s="89" t="s">
         <v>47</v>
       </c>
       <c r="D27" s="109">
         <f>D21/$G$21</f>
-        <v>0.35178950254879593</v>
+        <v>0.36338105600952209</v>
       </c>
       <c r="E27" s="110">
         <f>E21/$G$21</f>
-        <v>0.28401264996256453</v>
+        <v>0.28362123122000493</v>
       </c>
       <c r="F27" s="110">
         <f>F21/$G$21</f>
-        <v>0.36419784748863954</v>
+        <v>0.35299771277047304</v>
       </c>
       <c r="G27" s="111">
         <f>G21/$G$21</f>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="112"/>
       <c r="B28" s="113"/>
       <c r="C28" s="114"/>
       <c r="D28" s="115"/>
       <c r="E28" s="115"/>
       <c r="F28" s="115"/>
       <c r="G28" s="116"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A29" s="88"/>
       <c r="D29" s="91"/>
       <c r="E29" s="91"/>
       <c r="F29" s="91"/>
       <c r="G29" s="117"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D30" s="120" t="s">
         <v>2</v>
@@ -12725,211 +12741,211 @@
     </row>
     <row r="36" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="37" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B37" s="72"/>
       <c r="D37" s="120" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="121" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="121" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="103" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="104" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="129">
-        <v>4.023380504668686E-2</v>
+        <v>4.0322803984912933E-2</v>
       </c>
       <c r="E38" s="130">
-        <v>3.9798389421372468E-2</v>
+        <v>4.0528372627924157E-2</v>
       </c>
       <c r="F38" s="130">
-        <v>4.0857927267461E-2</v>
+        <v>4.0897476282552275E-2</v>
       </c>
       <c r="G38" s="131">
-        <v>4.0334947364472219E-2</v>
+        <v>4.0580346209996551E-2</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="93"/>
       <c r="B39" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D39" s="132">
-        <v>4.0582706189867153E-2</v>
+        <v>4.0174319242874547E-2</v>
       </c>
       <c r="E39" s="133">
-        <v>4.0591036308667595E-2</v>
+        <v>4.0942625931430894E-2</v>
       </c>
       <c r="F39" s="133">
-        <v>4.1648449345597541E-2</v>
+        <v>4.1334333999929487E-2</v>
       </c>
       <c r="G39" s="134">
-        <v>4.0942692617762642E-2</v>
+        <v>4.0771890724349592E-2</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="93"/>
       <c r="B40" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D40" s="132">
-        <v>3.9630457883855608E-2</v>
+        <v>4.0035012931751317E-2</v>
       </c>
       <c r="E40" s="133">
-        <v>4.0012602265618036E-2</v>
+        <v>4.0612399242490937E-2</v>
       </c>
       <c r="F40" s="133">
-        <v>4.0684137729762135E-2</v>
+        <v>4.1346532236366203E-2</v>
       </c>
       <c r="G40" s="134">
-        <v>4.0094480708050197E-2</v>
+        <v>4.0626918354472581E-2</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="135"/>
       <c r="B41" s="136" t="s">
         <v>44</v>
       </c>
       <c r="D41" s="137">
         <f>(D40-D39)/D39</f>
-        <v>-2.3464386567924499E-2</v>
+        <v>-3.4675462770396028E-3</v>
       </c>
       <c r="E41" s="138">
         <f>(E40-E39)/E39</f>
-        <v>-1.4250290104715653E-2</v>
+        <v>-8.0655962197687895E-3</v>
       </c>
       <c r="F41" s="138">
         <f>(F40-F39)/F39</f>
-        <v>-2.3153601898442316E-2</v>
+        <v>2.951114789157175E-4</v>
       </c>
       <c r="G41" s="139">
         <f>(G40-G39)/G39</f>
-        <v>-2.0717052433050193E-2</v>
+        <v>-3.5556940652357685E-3</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B43" s="72"/>
       <c r="D43" s="120" t="s">
         <v>2</v>
       </c>
       <c r="E43" s="121" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="121" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="103" t="s">
         <v>36</v>
       </c>
       <c r="B44" s="104" t="s">
         <v>41</v>
       </c>
       <c r="D44" s="129">
-        <v>3.412406440321928E-2</v>
+        <v>3.3945413047292504E-2</v>
       </c>
       <c r="E44" s="130">
-        <v>3.4625982774450191E-2</v>
+        <v>3.4074983743063864E-2</v>
       </c>
       <c r="F44" s="130">
-        <v>3.4589398277926328E-2</v>
+        <v>3.4827569786773656E-2</v>
       </c>
       <c r="G44" s="131">
-        <v>3.4428852788042842E-2</v>
+        <v>3.428946562664005E-2</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="93"/>
       <c r="B45" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D45" s="132">
-        <v>3.4074046847634591E-2</v>
+        <v>3.3958965258962096E-2</v>
       </c>
       <c r="E45" s="133">
-        <v>3.4653901494228451E-2</v>
+        <v>3.4021917914179287E-2</v>
       </c>
       <c r="F45" s="133">
-        <v>3.4487541433758338E-2</v>
+        <v>3.4644616639434002E-2</v>
       </c>
       <c r="G45" s="134">
-        <v>3.4377758597001207E-2</v>
+        <v>3.4202770941053756E-2</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="93"/>
       <c r="B46" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D46" s="132">
-        <v>3.4397583976849604E-2</v>
+        <v>3.4030634083691259E-2</v>
       </c>
       <c r="E46" s="133">
-        <v>3.4883961504020927E-2</v>
+        <v>3.42704127668697E-2</v>
       </c>
       <c r="F46" s="133">
-        <v>3.4849349076294958E-2</v>
+        <v>3.4755705274195782E-2</v>
       </c>
       <c r="G46" s="134">
-        <v>3.4686058063231016E-2</v>
+        <v>3.4335412986552134E-2</v>
       </c>
     </row>
     <row r="47" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="135"/>
       <c r="B47" s="136" t="s">
         <v>44</v>
       </c>
       <c r="D47" s="137">
         <f>(D46-D45)/D45</f>
-        <v>9.4951189878249593E-3</v>
+        <v>2.1104537250365651E-3</v>
       </c>
       <c r="E47" s="138">
         <f>(E46-E45)/E45</f>
-        <v>6.6387910126307903E-3</v>
+        <v>7.3039636776869718E-3</v>
       </c>
       <c r="F47" s="138">
         <f>(F46-F45)/F45</f>
-        <v>1.049096651994051E-2</v>
+        <v>3.2065193827353314E-3</v>
       </c>
       <c r="G47" s="139">
         <f>(G46-G45)/G45</f>
-        <v>8.9679920626559648E-3</v>
+        <v>3.8781081721997925E-3</v>
       </c>
     </row>
     <row r="48" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="140" t="s">
         <v>22</v>
       </c>
       <c r="B48" s="141"/>
       <c r="D48" s="142"/>
       <c r="E48" s="142"/>
       <c r="F48" s="142"/>
       <c r="G48" s="142"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A49" s="140" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A50" s="140" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A52" s="143" t="s">
         <v>26</v>
@@ -12941,58 +12957,58 @@
     <row r="53" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A53" s="143" t="s">
         <v>27</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="1"/>
       <c r="D53" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="D35:G35"/>
   </mergeCells>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.85" bottom="0.98425196850393704" header="0.83" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64D1A4A1-2737-4B09-9A55-AAE63784EF99}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE38B599-90CF-44C5-8DE2-526ABAB4A05F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S56"/>
   <sheetViews>
-    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="Q19" sqref="Q19"/>
+    <sheetView topLeftCell="A8" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="7" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="7" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="6" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="7" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="6" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="7" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.3">
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -13503,123 +13519,143 @@
     <row r="19" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="44"/>
       <c r="D19" s="47"/>
       <c r="E19" s="41"/>
       <c r="F19" s="42"/>
       <c r="G19" s="43"/>
       <c r="H19" s="47"/>
       <c r="I19" s="41"/>
       <c r="J19" s="42"/>
       <c r="L19" s="47"/>
       <c r="M19" s="41"/>
       <c r="N19" s="42"/>
       <c r="P19" s="47"/>
       <c r="Q19" s="41"/>
       <c r="R19" s="42"/>
     </row>
     <row r="20" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="37" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="38"/>
       <c r="C20" s="39"/>
       <c r="D20" s="40">
         <v>231.84288601105834</v>
       </c>
-      <c r="E20" s="41"/>
-      <c r="F20" s="42" t="str">
+      <c r="E20" s="41">
+        <v>224.82380542105838</v>
+      </c>
+      <c r="F20" s="42">
         <f>IF(D20="","",IF(E20="","",IF(D20=0,0,IF(E20=0,0,(E20-D20)/D20))))</f>
-        <v/>
+        <v>-3.0275160522566846E-2</v>
       </c>
       <c r="G20" s="43"/>
       <c r="H20" s="40">
         <v>166.08098620240014</v>
       </c>
-      <c r="I20" s="41"/>
-      <c r="J20" s="42" t="str">
+      <c r="I20" s="41">
+        <v>162.78932251928575</v>
+      </c>
+      <c r="J20" s="42">
         <f>IF(H20="","",IF(I20="","",IF(H20=0,0,IF(I20=0,0,(I20-H20)/H20))))</f>
-        <v/>
+        <v>-1.9819629919001668E-2</v>
       </c>
       <c r="L20" s="40">
         <v>195.90744538269257</v>
       </c>
-      <c r="M20" s="41"/>
-      <c r="N20" s="42" t="str">
+      <c r="M20" s="41">
+        <v>188.20924581419604</v>
+      </c>
+      <c r="N20" s="42">
         <f>IF(L20="","",IF(M20="","",IF(L20=0,0,IF(M20=0,0,(M20-L20)/L20))))</f>
-        <v/>
+        <v>-3.9295084234591479E-2</v>
       </c>
       <c r="P20" s="40">
         <v>593.83131759615105</v>
       </c>
-      <c r="Q20" s="41"/>
-      <c r="R20" s="42" t="str">
+      <c r="Q20" s="41">
+        <v>575.82237375454019</v>
+      </c>
+      <c r="R20" s="42">
         <f>IF(P20="","",IF(Q20="","",IF(P20=0,0,IF(Q20=0,0,(Q20-P20)/P20))))</f>
-        <v/>
+        <v>-3.0326699363906341E-2</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="44"/>
       <c r="B21" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="46"/>
       <c r="D21" s="41">
         <f>IF(D20="","",D20+D18)</f>
         <v>713.02420070402275</v>
       </c>
-      <c r="E21" s="41"/>
-      <c r="F21" s="42" t="str">
+      <c r="E21" s="41">
+        <f>E18+E20</f>
+        <v>697.68398962402284</v>
+      </c>
+      <c r="F21" s="42">
         <f>IF(D21="","",IF(E21="","",IF(D21=0,0,IF(E21=0,0,(E21-D21)/D21))))</f>
-        <v/>
+        <v>-2.1514292312734058E-2</v>
       </c>
       <c r="G21" s="43"/>
       <c r="H21" s="47">
         <f>IF(H20="","",H20+H18)</f>
         <v>562.55108284471453</v>
       </c>
-      <c r="I21" s="41"/>
-      <c r="J21" s="42" t="str">
+      <c r="I21" s="41">
+        <f>I18+I20</f>
+        <v>544.54680250162858</v>
+      </c>
+      <c r="J21" s="42">
         <f>IF(H21="","",IF(I21="","",IF(H21=0,0,IF(I21=0,0,(I21-H21)/H21))))</f>
-        <v/>
+        <v>-3.2004703025442081E-2</v>
       </c>
       <c r="L21" s="47">
         <f>IF(L20="","",L20+L18)</f>
         <v>706.7386251413883</v>
       </c>
-      <c r="M21" s="41"/>
-      <c r="N21" s="42" t="str">
+      <c r="M21" s="41">
+        <f>M18+M20</f>
+        <v>677.74818885276409</v>
+      </c>
+      <c r="N21" s="42">
         <f>IF(L21="","",IF(M21="","",IF(L21=0,0,IF(M21=0,0,(M21-L21)/L21))))</f>
-        <v/>
+        <v>-4.1020025306844461E-2</v>
       </c>
       <c r="P21" s="47">
         <f>IF(P20="","",P20+P18)</f>
         <v>1982.3139086901256</v>
       </c>
-      <c r="Q21" s="41"/>
-      <c r="R21" s="42" t="str">
+      <c r="Q21" s="41">
+        <f>Q18+Q20</f>
+        <v>1919.9789809784156</v>
+      </c>
+      <c r="R21" s="42">
         <f>IF(P21="","",IF(Q21="","",IF(P21=0,0,IF(Q21=0,0,(Q21-P21)/P21))))</f>
-        <v/>
+        <v>-3.144553818567497E-2</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="44"/>
       <c r="D22" s="47"/>
       <c r="E22" s="41"/>
       <c r="F22" s="42"/>
       <c r="G22" s="43"/>
       <c r="H22" s="47"/>
       <c r="I22" s="41"/>
       <c r="J22" s="42"/>
       <c r="L22" s="47"/>
       <c r="M22" s="41"/>
       <c r="N22" s="42"/>
       <c r="P22" s="47"/>
       <c r="Q22" s="41"/>
       <c r="R22" s="42"/>
     </row>
     <row r="23" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="38"/>
       <c r="C23" s="48"/>
       <c r="D23" s="47">
@@ -14549,55 +14585,55 @@
     <row r="55" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="H4:J4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21729E88-FF1E-4815-815E-5D0888D78A57}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63914A49-F54A-40A8-B8B7-12937D39CB25}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A121" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q19" sqref="Q19"/>
+    <sheetView showGridLines="0" topLeftCell="A130" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>