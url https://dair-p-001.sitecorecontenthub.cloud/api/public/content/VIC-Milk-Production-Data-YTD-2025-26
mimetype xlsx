--- v1 (2025-12-16)
+++ v2 (2026-02-09)
@@ -39,310 +39,318 @@
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{142BBE11-F344-4EB7-A5BB-37C34A9EEA2B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A76BC3F5-52E4-4F65-8F9A-912D9C6624F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B995A914-7CC9-4309-8F37-6480C64209C9}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{75D47190-FFCA-4DE9-993B-D734CF260762}"/>
   </bookViews>
   <sheets>
     <sheet name="VIC" sheetId="2" r:id="rId1"/>
     <sheet name="VIC Monthly" sheetId="1" r:id="rId2"/>
     <sheet name="VIC Graphs" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">VIC!$A$1:$G$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'VIC Monthly'!$A$1:$S$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G47" i="2" l="1"/>
   <c r="F47" i="2"/>
   <c r="E47" i="2"/>
   <c r="D47" i="2"/>
-  <c r="G41" i="2"/>
-  <c r="D41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
+  <c r="D41" i="2"/>
+  <c r="G41" i="2"/>
+  <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
-  <c r="G32" i="2"/>
   <c r="D32" i="2"/>
-  <c r="D27" i="2"/>
-  <c r="G26" i="2"/>
+  <c r="D26" i="2"/>
   <c r="G23" i="2"/>
   <c r="F23" i="2"/>
-  <c r="E23" i="2"/>
+  <c r="E27" i="2"/>
+  <c r="D23" i="2"/>
   <c r="B23" i="2"/>
+  <c r="G26" i="2"/>
   <c r="F26" i="2"/>
   <c r="E26" i="2"/>
-  <c r="D23" i="2"/>
+  <c r="E15" i="2"/>
+  <c r="G14" i="2"/>
+  <c r="E11" i="2"/>
+  <c r="D11" i="2"/>
+  <c r="G11" i="2"/>
+  <c r="F11" i="2"/>
   <c r="D15" i="2"/>
+  <c r="F14" i="2"/>
   <c r="E14" i="2"/>
-  <c r="G11" i="2"/>
-[...5 lines deleted...]
-  <c r="F14" i="2"/>
   <c r="D14" i="2"/>
   <c r="Q49" i="1"/>
   <c r="M49" i="1"/>
   <c r="I49" i="1"/>
   <c r="E49" i="1"/>
+  <c r="R44" i="1"/>
   <c r="N44" i="1"/>
   <c r="J44" i="1"/>
   <c r="F44" i="1"/>
   <c r="R41" i="1"/>
   <c r="N41" i="1"/>
   <c r="J41" i="1"/>
-  <c r="F41" i="1"/>
   <c r="R38" i="1"/>
   <c r="N38" i="1"/>
-  <c r="J38" i="1"/>
+  <c r="F38" i="1"/>
   <c r="R35" i="1"/>
-  <c r="N35" i="1"/>
-  <c r="R32" i="1"/>
+  <c r="J35" i="1"/>
+  <c r="F35" i="1"/>
+  <c r="N32" i="1"/>
+  <c r="J32" i="1"/>
+  <c r="F32" i="1"/>
+  <c r="R29" i="1"/>
+  <c r="N29" i="1"/>
   <c r="J29" i="1"/>
   <c r="F29" i="1"/>
+  <c r="R26" i="1"/>
   <c r="N26" i="1"/>
   <c r="J26" i="1"/>
-  <c r="F26" i="1"/>
+  <c r="R23" i="1"/>
   <c r="N23" i="1"/>
   <c r="J23" i="1"/>
   <c r="F23" i="1"/>
   <c r="R20" i="1"/>
-  <c r="N20" i="1"/>
+  <c r="J20" i="1"/>
   <c r="H21" i="1"/>
   <c r="F20" i="1"/>
+  <c r="H18" i="1"/>
   <c r="R17" i="1"/>
   <c r="N17" i="1"/>
   <c r="J17" i="1"/>
-  <c r="H18" i="1"/>
-  <c r="J18" i="1" s="1"/>
   <c r="F17" i="1"/>
+  <c r="L15" i="1"/>
   <c r="H15" i="1"/>
-  <c r="J15" i="1" s="1"/>
+  <c r="E15" i="1"/>
+  <c r="E18" i="1" s="1"/>
+  <c r="E21" i="1" s="1"/>
+  <c r="E24" i="1" s="1"/>
+  <c r="E27" i="1" s="1"/>
+  <c r="D15" i="1"/>
+  <c r="D18" i="1" s="1"/>
+  <c r="R14" i="1"/>
+  <c r="P15" i="1"/>
   <c r="N14" i="1"/>
   <c r="J14" i="1"/>
   <c r="F14" i="1"/>
+  <c r="Q12" i="1"/>
+  <c r="Q15" i="1" s="1"/>
+  <c r="Q18" i="1" s="1"/>
+  <c r="Q21" i="1" s="1"/>
+  <c r="Q24" i="1" s="1"/>
+  <c r="Q27" i="1" s="1"/>
+  <c r="P12" i="1"/>
+  <c r="R12" i="1" s="1"/>
+  <c r="L12" i="1"/>
+  <c r="H12" i="1"/>
+  <c r="E12" i="1"/>
+  <c r="D12" i="1"/>
+  <c r="F12" i="1" s="1"/>
+  <c r="R11" i="1"/>
+  <c r="N11" i="1"/>
+  <c r="J11" i="1"/>
+  <c r="F11" i="1"/>
+  <c r="J15" i="1" l="1"/>
+  <c r="R15" i="1"/>
+  <c r="P18" i="1"/>
+  <c r="J18" i="1"/>
+  <c r="J12" i="1"/>
+  <c r="F18" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="F21" i="1" s="1"/>
+  <c r="H24" i="1"/>
+  <c r="G15" i="2"/>
+  <c r="F15" i="1"/>
+  <c r="L18" i="1"/>
+  <c r="N20" i="1"/>
+  <c r="F26" i="1"/>
+  <c r="D27" i="2"/>
+  <c r="F41" i="1"/>
+  <c r="G27" i="2"/>
+  <c r="I12" i="1"/>
+  <c r="I15" i="1" s="1"/>
+  <c r="I18" i="1" s="1"/>
+  <c r="I21" i="1" s="1"/>
+  <c r="I24" i="1" s="1"/>
+  <c r="I27" i="1" s="1"/>
+  <c r="F27" i="2"/>
+  <c r="E23" i="2"/>
   <c r="M12" i="1"/>
   <c r="M15" i="1" s="1"/>
   <c r="M18" i="1" s="1"/>
   <c r="M21" i="1" s="1"/>
-  <c r="L12" i="1"/>
-[...17 lines deleted...]
-  <c r="R12" i="1"/>
+  <c r="M24" i="1" s="1"/>
+  <c r="M27" i="1" s="1"/>
+  <c r="F15" i="2"/>
+  <c r="R32" i="1"/>
+  <c r="N35" i="1"/>
+  <c r="J38" i="1"/>
+  <c r="N18" i="1" l="1"/>
+  <c r="P21" i="1"/>
+  <c r="R18" i="1"/>
   <c r="L21" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="J24" i="1"/>
+  <c r="H27" i="1"/>
   <c r="J21" i="1"/>
-  <c r="H24" i="1"/>
-[...4 lines deleted...]
-  <c r="D26" i="2"/>
   <c r="N12" i="1"/>
-  <c r="F15" i="2"/>
-[...28 lines deleted...]
-  <c r="J24" i="1"/>
   <c r="J27" i="1" l="1"/>
   <c r="H30" i="1"/>
-  <c r="R18" i="1"/>
-  <c r="P21" i="1"/>
+  <c r="F24" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="L24" i="1"/>
+  <c r="R21" i="1"/>
+  <c r="P24" i="1"/>
+  <c r="P27" i="1" l="1"/>
+  <c r="R24" i="1"/>
+  <c r="L27" i="1"/>
   <c r="N24" i="1"/>
-  <c r="L27" i="1"/>
-[...3 lines deleted...]
-  <c r="F18" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="F27" i="1"/>
+  <c r="J30" i="1"/>
+  <c r="H33" i="1"/>
+  <c r="F30" i="1" l="1"/>
+  <c r="D33" i="1"/>
+  <c r="J33" i="1"/>
+  <c r="H36" i="1"/>
   <c r="N27" i="1"/>
   <c r="L30" i="1"/>
-  <c r="R21" i="1"/>
-[...6 lines deleted...]
-  <c r="P27" i="1"/>
+  <c r="R27" i="1"/>
+  <c r="P30" i="1"/>
+  <c r="J36" i="1" l="1"/>
+  <c r="H39" i="1"/>
+  <c r="F33" i="1"/>
+  <c r="D36" i="1"/>
+  <c r="R30" i="1"/>
+  <c r="P33" i="1"/>
   <c r="N30" i="1"/>
   <c r="L33" i="1"/>
-  <c r="F21" i="1"/>
-[...3 lines deleted...]
-  <c r="N33" i="1"/>
+  <c r="N33" i="1" l="1"/>
   <c r="L36" i="1"/>
-  <c r="R27" i="1"/>
-[...3 lines deleted...]
-  <c r="J39" i="1" l="1"/>
+  <c r="P36" i="1"/>
+  <c r="R33" i="1"/>
   <c r="H42" i="1"/>
-  <c r="P33" i="1"/>
-  <c r="R30" i="1"/>
+  <c r="J39" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="D39" i="1"/>
+  <c r="F39" i="1" l="1"/>
+  <c r="D42" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="H45" i="1"/>
+  <c r="R36" i="1"/>
+  <c r="P39" i="1"/>
   <c r="L39" i="1"/>
   <c r="N36" i="1"/>
-  <c r="D30" i="1"/>
-[...3 lines deleted...]
-  <c r="L42" i="1"/>
+  <c r="L42" i="1" l="1"/>
   <c r="N39" i="1"/>
-  <c r="R33" i="1"/>
-[...3 lines deleted...]
-  <c r="H47" i="1" l="1"/>
+  <c r="D45" i="1"/>
+  <c r="F42" i="1"/>
+  <c r="P42" i="1"/>
+  <c r="R39" i="1"/>
+  <c r="H47" i="1"/>
   <c r="J45" i="1"/>
-  <c r="P39" i="1"/>
-  <c r="R36" i="1"/>
+  <c r="J47" i="1" l="1"/>
+  <c r="P45" i="1"/>
+  <c r="R42" i="1"/>
+  <c r="F45" i="1"/>
+  <c r="D47" i="1"/>
   <c r="L45" i="1"/>
   <c r="N42" i="1"/>
-  <c r="F33" i="1"/>
-[...4 lines deleted...]
-  <c r="L47" i="1"/>
+  <c r="L47" i="1" l="1"/>
   <c r="N45" i="1"/>
-  <c r="P42" i="1"/>
-[...2 lines deleted...]
-  <c r="P45" i="1"/>
+  <c r="F47" i="1"/>
+  <c r="P47" i="1"/>
+  <c r="R45" i="1"/>
+  <c r="R47" i="1" l="1"/>
+  <c r="P49" i="1"/>
+  <c r="H49" i="1"/>
+  <c r="D49" i="1"/>
   <c r="N47" i="1"/>
-  <c r="F39" i="1"/>
-[...7 lines deleted...]
-  <c r="H49" i="1"/>
   <c r="L49" i="1"/>
-  <c r="D47" i="1"/>
-[...2 lines deleted...]
-  <c r="D49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="48">
   <si>
     <t>Victoria Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>Eastern</t>
   </si>
   <si>
     <t>Northern</t>
   </si>
   <si>
     <t>Western</t>
   </si>
   <si>
     <t>Total VIC</t>
   </si>
   <si>
     <t>Var%</t>
@@ -428,57 +436,57 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>25/26 by Region</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t>VIC</t>
   </si>
   <si>
-    <t>October-23</t>
+    <t>December-23</t>
   </si>
   <si>
-    <t>October-24</t>
+    <t>December-24</t>
   </si>
   <si>
-    <t>October-25</t>
+    <t>December-25</t>
   </si>
   <si>
     <t>% change 24 &amp; 25</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
@@ -1214,51 +1222,51 @@
     <xf numFmtId="165" fontId="2" fillId="0" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{B7D345B4-DB97-4B2A-8E6A-1C2D6712EB23}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{0350A6F6-EED5-47C2-8F93-58B8AA330D2C}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1471,51 +1479,51 @@
                 <c:v>503753.09632694419</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>431470.68718485325</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>335890.00982478651</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>346003.14459907613</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>357786.27468384698</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>387373.11737052002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366134.64273873752</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-CFD3-4E76-A1F8-91DBF336FB8C}"/>
+              <c16:uniqueId val="{00000000-3ED3-4622-89A4-82C3E48818B0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1536,69 +1544,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>370967.59067714401</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>445486.30595947203</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>527702.71058725996</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>575822.37375453999</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>537675.95347348298</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>511595.89782471902</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-CFD3-4E76-A1F8-91DBF336FB8C}"/>
+              <c16:uniqueId val="{00000001-3ED3-4622-89A4-82C3E48818B0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618071048"/>
         <c:axId val="618070656"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618071048"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -1950,51 +1964,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1E12-40E6-80B1-7173E03F0704}"/>
+              <c16:uniqueId val="{00000000-6CA4-481E-B4E9-F2E08CCD95BE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2057,51 +2071,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1E12-40E6-80B1-7173E03F0704}"/>
+              <c16:uniqueId val="{00000001-6CA4-481E-B4E9-F2E08CCD95BE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2164,51 +2178,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1E12-40E6-80B1-7173E03F0704}"/>
+              <c16:uniqueId val="{00000002-6CA4-481E-B4E9-F2E08CCD95BE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="464737088"/>
         <c:axId val="812211360"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="464737088"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2540,51 +2554,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-F447-4E80-828E-F9B28A0E5764}"/>
+              <c16:uniqueId val="{00000000-EC62-470A-B675-1ADFEF5902B9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2647,51 +2661,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-F447-4E80-828E-F9B28A0E5764}"/>
+              <c16:uniqueId val="{00000001-EC62-470A-B675-1ADFEF5902B9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2754,51 +2768,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-F447-4E80-828E-F9B28A0E5764}"/>
+              <c16:uniqueId val="{00000002-EC62-470A-B675-1ADFEF5902B9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="812215672"/>
         <c:axId val="181844360"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="812215672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3130,51 +3144,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D774-40D9-B293-B52E013074EC}"/>
+              <c16:uniqueId val="{00000000-5FB8-48A4-9210-261A77156555}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3237,51 +3251,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D774-40D9-B293-B52E013074EC}"/>
+              <c16:uniqueId val="{00000001-5FB8-48A4-9210-261A77156555}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3344,51 +3358,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-D774-40D9-B293-B52E013074EC}"/>
+              <c16:uniqueId val="{00000002-5FB8-48A4-9210-261A77156555}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955736128"/>
         <c:axId val="955745536"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955736128"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3720,51 +3734,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-3306-41D7-8B1E-784AE56B7C4B}"/>
+              <c16:uniqueId val="{00000000-9B2B-40A4-9A30-0C2F15710608}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3827,51 +3841,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-3306-41D7-8B1E-784AE56B7C4B}"/>
+              <c16:uniqueId val="{00000001-9B2B-40A4-9A30-0C2F15710608}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3934,51 +3948,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-3306-41D7-8B1E-784AE56B7C4B}"/>
+              <c16:uniqueId val="{00000002-9B2B-40A4-9A30-0C2F15710608}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955741224"/>
         <c:axId val="955740048"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955741224"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4329,51 +4343,51 @@
                 <c:v>194901.2656476527</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>162290.37091713134</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>125577.09149694168</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>132067.41224151681</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>134252.6592981187</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>134042.85196283631</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>115766.09039615547</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-D870-4FEA-929C-7A56C4A17933}"/>
+              <c16:uniqueId val="{00000000-5D67-4A26-9EC1-710E45F8979C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4394,69 +4408,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>114502.36123630199</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>156396.93684390301</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>201960.886122759</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>224823.805421058</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>208102.809472047</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>197109.56725765299</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-D870-4FEA-929C-7A56C4A17933}"/>
+              <c16:uniqueId val="{00000001-5D67-4A26-9EC1-710E45F8979C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955742008"/>
         <c:axId val="955739264"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955742008"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4827,51 +4847,51 @@
                 <c:v>146094.04492940902</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>133192.12082639887</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>104816.95393979877</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108199.11228319666</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>117216.65783121194</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>131614.07869070693</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>119824.10401702045</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-A2EB-45D6-AF0F-51754B1EF6CE}"/>
+              <c16:uniqueId val="{00000000-A30F-4134-9A89-3625441855F2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4892,69 +4912,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>111248.476081067</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>124036.481514703</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>146472.522386572</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>162789.32251928601</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>152622.01713482401</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>147406.754943037</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-A2EB-45D6-AF0F-51754B1EF6CE}"/>
+              <c16:uniqueId val="{00000001-A30F-4134-9A89-3625441855F2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955743184"/>
         <c:axId val="955736520"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955743184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5325,51 +5351,51 @@
                 <c:v>162757.78574988246</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>135988.19544132304</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>105495.96438804609</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>105736.6200743627</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>106316.95755451632</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>121716.18671697678</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>130544.44832556156</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-C8EC-4C57-B168-532D3D40A17F}"/>
+              <c16:uniqueId val="{00000000-9D9C-4A19-8ADA-06C64FEF7AD9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5390,69 +5416,75 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="4"/>
+              <c:ptCount val="6"/>
               <c:pt idx="0">
                 <c:v>145216.75335977401</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>165052.88760086501</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>179269.30207792801</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>188209.24581419601</c:v>
+              </c:pt>
+              <c:pt idx="4">
+                <c:v>176951.126866612</c:v>
+              </c:pt>
+              <c:pt idx="5">
+                <c:v>167079.57562402901</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-C8EC-4C57-B168-532D3D40A17F}"/>
+              <c16:uniqueId val="{00000001-9D9C-4A19-8ADA-06C64FEF7AD9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955745144"/>
         <c:axId val="955739656"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955745144"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5804,51 +5836,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-4722-4E8F-9FDF-BBE99E57CB8B}"/>
+              <c16:uniqueId val="{00000000-64B1-4BF7-A9A0-937DD6D63F6E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5911,51 +5943,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-4722-4E8F-9FDF-BBE99E57CB8B}"/>
+              <c16:uniqueId val="{00000001-64B1-4BF7-A9A0-937DD6D63F6E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6018,51 +6050,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-4722-4E8F-9FDF-BBE99E57CB8B}"/>
+              <c16:uniqueId val="{00000002-64B1-4BF7-A9A0-937DD6D63F6E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618070264"/>
         <c:axId val="618067128"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618070264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6394,51 +6426,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-716D-46AE-BD37-0A6904B71A19}"/>
+              <c16:uniqueId val="{00000000-2A7A-44DA-8C74-DCE0F6ABE1B2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6501,51 +6533,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-716D-46AE-BD37-0A6904B71A19}"/>
+              <c16:uniqueId val="{00000001-2A7A-44DA-8C74-DCE0F6ABE1B2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6608,51 +6640,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-716D-46AE-BD37-0A6904B71A19}"/>
+              <c16:uniqueId val="{00000002-2A7A-44DA-8C74-DCE0F6ABE1B2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618065952"/>
         <c:axId val="618063992"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618065952"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6984,51 +7016,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-B903-44A5-B9A3-F475E91953FC}"/>
+              <c16:uniqueId val="{00000000-5570-4374-B254-4019A46C659A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7091,51 +7123,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-B903-44A5-B9A3-F475E91953FC}"/>
+              <c16:uniqueId val="{00000001-5570-4374-B254-4019A46C659A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7198,51 +7230,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-B903-44A5-B9A3-F475E91953FC}"/>
+              <c16:uniqueId val="{00000002-5570-4374-B254-4019A46C659A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618065560"/>
         <c:axId val="618071832"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618065560"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7574,51 +7606,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-66A1-43D4-A70C-FF731A2F63B9}"/>
+              <c16:uniqueId val="{00000000-1982-4D6B-B751-A59B0EA43476}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7681,51 +7713,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-66A1-43D4-A70C-FF731A2F63B9}"/>
+              <c16:uniqueId val="{00000001-1982-4D6B-B751-A59B0EA43476}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7788,51 +7820,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-66A1-43D4-A70C-FF731A2F63B9}"/>
+              <c16:uniqueId val="{00000002-1982-4D6B-B751-A59B0EA43476}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618074184"/>
         <c:axId val="618073008"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618074184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8164,51 +8196,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-F2F0-4B42-A2AB-21B23395D25D}"/>
+              <c16:uniqueId val="{00000000-25B7-4F84-8EF3-656A1BCB35D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8271,51 +8303,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-F2F0-4B42-A2AB-21B23395D25D}"/>
+              <c16:uniqueId val="{00000001-25B7-4F84-8EF3-656A1BCB35D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8378,51 +8410,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-F2F0-4B42-A2AB-21B23395D25D}"/>
+              <c16:uniqueId val="{00000002-25B7-4F84-8EF3-656A1BCB35D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618066736"/>
         <c:axId val="618074576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618066736"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8754,51 +8786,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-305E-4BBD-ABE3-7FD2EB78C37B}"/>
+              <c16:uniqueId val="{00000000-3572-42C1-A6CA-5EE35721F4AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8861,51 +8893,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-305E-4BBD-ABE3-7FD2EB78C37B}"/>
+              <c16:uniqueId val="{00000001-3572-42C1-A6CA-5EE35721F4AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8968,51 +9000,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-305E-4BBD-ABE3-7FD2EB78C37B}"/>
+              <c16:uniqueId val="{00000002-3572-42C1-A6CA-5EE35721F4AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618067520"/>
         <c:axId val="618067912"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618067520"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9344,51 +9376,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-BA35-4B6B-A907-EC42F3594572}"/>
+              <c16:uniqueId val="{00000000-E24E-4133-9076-89C688E44B5C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9451,51 +9483,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-BA35-4B6B-A907-EC42F3594572}"/>
+              <c16:uniqueId val="{00000001-E24E-4133-9076-89C688E44B5C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9558,51 +9590,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-BA35-4B6B-A907-EC42F3594572}"/>
+              <c16:uniqueId val="{00000002-E24E-4133-9076-89C688E44B5C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618069088"/>
         <c:axId val="618069480"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618069088"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9934,51 +9966,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-3253-468F-99E2-7BA364C86C98}"/>
+              <c16:uniqueId val="{00000000-3A7F-4D19-9ACD-80340DF91B64}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10041,51 +10073,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-3253-468F-99E2-7BA364C86C98}"/>
+              <c16:uniqueId val="{00000001-3A7F-4D19-9ACD-80340DF91B64}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10148,51 +10180,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-3253-468F-99E2-7BA364C86C98}"/>
+              <c16:uniqueId val="{00000002-3A7F-4D19-9ACD-80340DF91B64}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="464739048"/>
         <c:axId val="464740224"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="464739048"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -10470,51 +10502,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B070215-CE18-44BF-B478-BC3B5F15F309}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73383227-424C-41FD-9B98-BD5E6A046FDE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="7023100" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -10524,51 +10556,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>427990</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>40640</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DEE9088-E25C-4D57-9C47-F506939E58E9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F572210B-8BA4-48F9-B57A-24DDB7814269}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1501140" cy="815340"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -11027,670 +11059,670 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>465667</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>67733</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>16722</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>282998</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59C169BB-EB59-4267-AE1D-4B2666C9BEC1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FFC726C-BC0D-4AB2-8E9A-2A7E01C536D0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8746067" y="67733"/>
           <a:ext cx="1805305" cy="970915"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1025">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DCB715C-3509-4E75-B75B-73439B9CEDF8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{456D52CC-0DA4-4417-A345-0E1DBA4D0E18}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 1026">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F37E5579-861E-40BE-A857-1493515AF1AB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A2A1B4C-E83C-404A-9F7D-A8E2FDC6F549}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 1027">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E90EBA4-886B-446A-8425-303089D1F632}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{254F72D4-3740-445F-9898-FAFEF5D5F43F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 1028">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F34B8E3C-4562-4FF9-B876-58A50C8713CD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A38C0E0-936C-4C11-B2DE-C1F087E5D355}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 1029">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A60F7BE5-2EA4-48BA-A2FB-4B756B8BCF5C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B82081D1-0D68-423C-A66C-E0E4ABCA7794}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 1030">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8254D8FB-8C32-4D16-A007-719DD12A99E2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BC6E51B-27B9-4C73-8223-DD10E90E6F79}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 1031">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BD9DD20-21E8-43EE-8794-B9AF2F604805}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C36076D1-D070-4F48-A67B-013400F91934}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 1032">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3C0F0AB-EA60-49F8-BB63-A2229CF9D4D7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53036E1-AC59-49D0-8328-419BAD65D55E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 1033">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55E25CFA-6A9A-456E-B580-3F8EF2834E2C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{897AEA31-5659-40B6-91CA-B74F4C579D9B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 1034">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{393740AF-C33B-4CE5-B47F-39A99749A198}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC8B483-A994-42EF-BDC1-46384C28889A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 1035">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EDB501C-43B0-4902-A9A7-0E63D2020BC0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E872FA1-98E0-4EE0-9645-49B86095F0FB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 1036">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E223BA13-0282-4080-BF7B-DE1921DCAE0C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B156E4AF-35C6-417E-AF1F-57FF3621503E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 1037">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{703D0F81-A555-4DDA-A9EC-FB0CE3AC366C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EA6FB2F-011C-41B4-8A00-3734606B51D4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="15" name="Chart 1039">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBFB9A5A-F248-4366-BF87-637B050FDF29}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EB18EAD-306C-4A32-99F7-85BCEE991CE6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>85</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>314325</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="16" name="Chart 1041">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D1600DF-E2B2-438D-9CA5-9BF874593082}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06FF3210-DB44-4A5F-8A9D-268AFDDF7544}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="17" name="Chart 1043">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E227A741-CD2A-448B-A396-388525CFC75E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0696E5C9-F08A-48E5-8064-1C307776441E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
@@ -12241,58 +12273,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E06EF24-AE19-459A-AA19-3AB0DFA0D37C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{151FD284-75DD-4159-BC5E-51536DAF1A81}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="A3" sqref="A1:XFD1048576"/>
+      <selection activeCell="Q28" sqref="Q28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="71" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="72" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="71" customWidth="1"/>
     <col min="4" max="7" width="14.61328125" style="128" customWidth="1"/>
     <col min="8" max="16384" width="9" style="71"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D1" s="73"/>
       <c r="E1" s="73"/>
       <c r="F1" s="73"/>
       <c r="G1" s="73"/>
     </row>
     <row r="2" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="D2" s="74" t="s">
         <v>28</v>
       </c>
       <c r="E2" s="74"/>
       <c r="F2" s="74"/>
       <c r="G2" s="74"/>
     </row>
@@ -12318,363 +12350,363 @@
       <c r="G5" s="79"/>
     </row>
     <row r="6" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B6" s="72"/>
       <c r="D6" s="80" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="81" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="81" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="83" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="84" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="85">
-        <v>218409.69861105832</v>
+        <v>189686.04954765268</v>
       </c>
       <c r="E7" s="86">
-        <v>160734.55659306096</v>
+        <v>144973.65494415248</v>
       </c>
       <c r="F7" s="86">
-        <v>203713.47916787674</v>
+        <v>170128.47229343903</v>
       </c>
       <c r="G7" s="87">
-        <v>582857.73437199602</v>
+        <v>504788.1767852442</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="88"/>
       <c r="B8" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="90">
-        <v>231842.88601105829</v>
+        <v>194901.2656476527</v>
       </c>
       <c r="E8" s="91">
-        <v>166080.98620240021</v>
+        <v>146094.04492940902</v>
       </c>
       <c r="F8" s="91">
-        <v>195907.44538269262</v>
+        <v>162757.78574988246</v>
       </c>
       <c r="G8" s="92">
-        <v>593831.31759615114</v>
+        <v>503753.09632694419</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="93"/>
       <c r="B9" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="90">
-        <v>224823.80542105832</v>
+        <v>197109.56725765273</v>
       </c>
       <c r="E9" s="91">
-        <v>162789.32251928578</v>
+        <v>147406.75494303694</v>
       </c>
       <c r="F9" s="91">
-        <v>188209.24581419601</v>
+        <v>167079.57562402936</v>
       </c>
       <c r="G9" s="92">
-        <v>575822.37375454023</v>
+        <v>511595.89782471897</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="93"/>
       <c r="B10" s="94"/>
       <c r="C10" s="95"/>
       <c r="D10" s="96"/>
       <c r="E10" s="97"/>
       <c r="F10" s="97"/>
       <c r="G10" s="98"/>
     </row>
     <row r="11" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="99"/>
       <c r="B11" s="94" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="100">
         <f>(D9-D8)/D8</f>
-        <v>-3.0275160522566895E-2</v>
+        <v>1.1330360542615695E-2</v>
       </c>
       <c r="E11" s="97">
         <f>(E9-E8)/E8</f>
-        <v>-1.9819629919001869E-2</v>
+        <v>8.9853766062963428E-3</v>
       </c>
       <c r="F11" s="97">
         <f>(F9-F8)/F8</f>
-        <v>-3.9295084234591854E-2</v>
+        <v>2.655350620699887E-2</v>
       </c>
       <c r="G11" s="98">
         <f>(G9-G8)/G8</f>
-        <v>-3.0326699363906438E-2</v>
+        <v>1.5568741026029688E-2</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="99"/>
       <c r="B12" s="101"/>
       <c r="D12" s="102"/>
       <c r="G12" s="101"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="93"/>
       <c r="B13" s="89"/>
       <c r="D13" s="90"/>
       <c r="E13" s="91"/>
       <c r="F13" s="91"/>
       <c r="G13" s="92"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="103" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="104" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="105"/>
       <c r="D14" s="106">
         <f>D8/$G$8</f>
-        <v>0.39041875889868183</v>
+        <v>0.38689839738703763</v>
       </c>
       <c r="E14" s="107">
         <f>E8/$G$8</f>
-        <v>0.27967704174764907</v>
+        <v>0.29001120984592726</v>
       </c>
       <c r="F14" s="107">
         <f>F8/$G$8</f>
-        <v>0.32990419935366905</v>
+        <v>0.32309039276703511</v>
       </c>
       <c r="G14" s="108">
         <f>G8/$G$8</f>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="93"/>
       <c r="B15" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="109">
         <f>D9/$G$9</f>
-        <v>0.39043950993973625</v>
+        <v>0.3852837133678223</v>
       </c>
       <c r="E15" s="110">
         <f>E9/$G$9</f>
-        <v>0.28270753263345599</v>
+        <v>0.28813122929601925</v>
       </c>
       <c r="F15" s="110">
         <f>F9/$G$9</f>
-        <v>0.32685295742680759</v>
+        <v>0.32658505733615856</v>
       </c>
       <c r="G15" s="111">
         <f>G9/$G$9</f>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="112"/>
       <c r="B16" s="113"/>
       <c r="C16" s="114"/>
       <c r="D16" s="115"/>
       <c r="E16" s="115"/>
       <c r="F16" s="115"/>
       <c r="G16" s="116"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="88"/>
       <c r="D17" s="91"/>
       <c r="E17" s="91"/>
       <c r="F17" s="91"/>
       <c r="G17" s="117"/>
     </row>
     <row r="18" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B18" s="72"/>
       <c r="D18" s="80" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="81" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="81" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="83" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="118" t="s">
         <v>45</v>
       </c>
       <c r="D19" s="119">
-        <v>677191.45530402288</v>
+        <v>1078019.7330137228</v>
       </c>
       <c r="E19" s="86">
-        <v>536185.87228893104</v>
+        <v>833205.57214694959</v>
       </c>
       <c r="F19" s="86">
-        <v>721923.02075037302</v>
+        <v>1082729.9223421677</v>
       </c>
       <c r="G19" s="87">
-        <v>1935300.3483433267</v>
+        <v>2993955.2275028396</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="88"/>
       <c r="B20" s="89" t="s">
         <v>46</v>
       </c>
       <c r="D20" s="90">
-        <v>713024.20070402278</v>
+        <v>1125883.9730137221</v>
       </c>
       <c r="E20" s="91">
-        <v>562551.08284471452</v>
+        <v>864509.49900074117</v>
       </c>
       <c r="F20" s="91">
-        <v>706738.62514138839</v>
+        <v>1050640.5004578577</v>
       </c>
       <c r="G20" s="92">
-        <v>1982313.9086901257</v>
+        <v>3041033.9724723212</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="93"/>
       <c r="B21" s="89" t="s">
         <v>47</v>
       </c>
       <c r="D21" s="90">
-        <v>697683.98962402274</v>
+        <v>1102896.3663537225</v>
       </c>
       <c r="E21" s="91">
-        <v>544546.80250162864</v>
+        <v>844575.57457949012</v>
       </c>
       <c r="F21" s="91">
-        <v>677748.1888527642</v>
+        <v>1021778.8913434052</v>
       </c>
       <c r="G21" s="92">
-        <v>1919978.9809784153</v>
+        <v>2969250.8322766181</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="93"/>
       <c r="B22" s="94"/>
       <c r="C22" s="95"/>
       <c r="D22" s="96"/>
       <c r="E22" s="97"/>
       <c r="F22" s="97"/>
       <c r="G22" s="98"/>
     </row>
     <row r="23" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="99"/>
       <c r="B23" s="94" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="100">
         <f>(D21-D20)/D20</f>
-        <v>-2.1514292312734246E-2</v>
+        <v>-2.0417385104494611E-2</v>
       </c>
       <c r="E23" s="97">
         <f>(E21-E20)/E20</f>
-        <v>-3.2004703025441943E-2</v>
+        <v>-2.3058074485349252E-2</v>
       </c>
       <c r="F23" s="97">
         <f>(F21-F20)/F20</f>
-        <v>-4.1020025306844426E-2</v>
+        <v>-2.7470489764933791E-2</v>
       </c>
       <c r="G23" s="98">
         <f>(G21-G20)/G20</f>
-        <v>-3.1445538185675165E-2</v>
+        <v>-2.3604846524402479E-2</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="99"/>
       <c r="B24" s="101"/>
       <c r="D24" s="102"/>
       <c r="G24" s="101"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="93"/>
       <c r="B25" s="89"/>
       <c r="D25" s="90"/>
       <c r="E25" s="91"/>
       <c r="F25" s="91"/>
       <c r="G25" s="92"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="103" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="89" t="s">
         <v>46</v>
       </c>
       <c r="D26" s="109">
         <f>D20/$G$20</f>
-        <v>0.35969288091974055</v>
+        <v>0.37023064628850333</v>
       </c>
       <c r="E26" s="110">
         <f>E20/$G$20</f>
-        <v>0.28378506571466133</v>
+        <v>0.28428143415244589</v>
       </c>
       <c r="F26" s="110">
         <f>F20/$G$20</f>
-        <v>0.35652205336559811</v>
+        <v>0.34548791955905073</v>
       </c>
       <c r="G26" s="111">
         <f>G20/$G$20</f>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="93"/>
       <c r="B27" s="89" t="s">
         <v>47</v>
       </c>
       <c r="D27" s="109">
         <f>D21/$G$21</f>
-        <v>0.36338105600952209</v>
+        <v>0.37143927160511969</v>
       </c>
       <c r="E27" s="110">
         <f>E21/$G$21</f>
-        <v>0.28362123122000493</v>
+        <v>0.28444062906330059</v>
       </c>
       <c r="F27" s="110">
         <f>F21/$G$21</f>
-        <v>0.35299771277047304</v>
+        <v>0.34412009933157961</v>
       </c>
       <c r="G27" s="111">
         <f>G21/$G$21</f>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="112"/>
       <c r="B28" s="113"/>
       <c r="C28" s="114"/>
       <c r="D28" s="115"/>
       <c r="E28" s="115"/>
       <c r="F28" s="115"/>
       <c r="G28" s="116"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A29" s="88"/>
       <c r="D29" s="91"/>
       <c r="E29" s="91"/>
       <c r="F29" s="91"/>
       <c r="G29" s="117"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D30" s="120" t="s">
         <v>2</v>
@@ -12741,211 +12773,211 @@
     </row>
     <row r="36" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="37" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B37" s="72"/>
       <c r="D37" s="120" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="121" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="121" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="103" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="104" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="129">
-        <v>4.0322803984912933E-2</v>
+        <v>4.1447257425060627E-2</v>
       </c>
       <c r="E38" s="130">
-        <v>4.0528372627924157E-2</v>
+        <v>4.1465467179554877E-2</v>
       </c>
       <c r="F38" s="130">
-        <v>4.0897476282552275E-2</v>
+        <v>4.3075853319335194E-2</v>
       </c>
       <c r="G38" s="131">
-        <v>4.0580346209996551E-2</v>
+        <v>4.200137196063141E-2</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="93"/>
       <c r="B39" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D39" s="132">
-        <v>4.0174319242874547E-2</v>
+        <v>4.1311836828194261E-2</v>
       </c>
       <c r="E39" s="133">
-        <v>4.0942625931430894E-2</v>
+        <v>4.1365225862857159E-2</v>
       </c>
       <c r="F39" s="133">
-        <v>4.1334333999929487E-2</v>
+        <v>4.280435398832981E-2</v>
       </c>
       <c r="G39" s="134">
-        <v>4.0771890724349592E-2</v>
+        <v>4.180953820220909E-2</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="93"/>
       <c r="B40" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D40" s="132">
-        <v>4.0035012931751317E-2</v>
+        <v>4.1524306701691008E-2</v>
       </c>
       <c r="E40" s="133">
-        <v>4.0612399242490937E-2</v>
+        <v>4.2762046511182761E-2</v>
       </c>
       <c r="F40" s="133">
-        <v>4.1346532236366203E-2</v>
+        <v>4.2161147515317396E-2</v>
       </c>
       <c r="G40" s="134">
-        <v>4.0626918354472581E-2</v>
+        <v>4.2088920888180656E-2</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="135"/>
       <c r="B41" s="136" t="s">
         <v>44</v>
       </c>
       <c r="D41" s="137">
         <f>(D40-D39)/D39</f>
-        <v>-3.4675462770396028E-3</v>
+        <v>5.1430749588878555E-3</v>
       </c>
       <c r="E41" s="138">
         <f>(E40-E39)/E39</f>
-        <v>-8.0655962197687895E-3</v>
+        <v>3.3767992781101694E-2</v>
       </c>
       <c r="F41" s="138">
         <f>(F40-F39)/F39</f>
-        <v>2.951114789157175E-4</v>
+        <v>-1.5026659979210953E-2</v>
       </c>
       <c r="G41" s="139">
         <f>(G40-G39)/G39</f>
-        <v>-3.5556940652357685E-3</v>
+        <v>6.6822715099207715E-3</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B43" s="72"/>
       <c r="D43" s="120" t="s">
         <v>2</v>
       </c>
       <c r="E43" s="121" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="121" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="103" t="s">
         <v>36</v>
       </c>
       <c r="B44" s="104" t="s">
         <v>41</v>
       </c>
       <c r="D44" s="129">
-        <v>3.3945413047292504E-2</v>
+        <v>3.3405378110718642E-2</v>
       </c>
       <c r="E44" s="130">
-        <v>3.4074983743063864E-2</v>
+        <v>3.3148534592692722E-2</v>
       </c>
       <c r="F44" s="130">
-        <v>3.4827569786773656E-2</v>
+        <v>3.4448906889093245E-2</v>
       </c>
       <c r="G44" s="131">
-        <v>3.428946562664005E-2</v>
+        <v>3.3683313331380256E-2</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="93"/>
       <c r="B45" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D45" s="132">
-        <v>3.3958965258962096E-2</v>
+        <v>3.3287431519796185E-2</v>
       </c>
       <c r="E45" s="133">
-        <v>3.4021917914179287E-2</v>
+        <v>3.3029846913068407E-2</v>
       </c>
       <c r="F45" s="133">
-        <v>3.4644616639434002E-2</v>
+        <v>3.4328800911448402E-2</v>
       </c>
       <c r="G45" s="134">
-        <v>3.4202770941053756E-2</v>
+        <v>3.3549185542125846E-2</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="93"/>
       <c r="B46" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D46" s="132">
-        <v>3.4030634083691259E-2</v>
+        <v>3.4376452515420812E-2</v>
       </c>
       <c r="E46" s="133">
-        <v>3.42704127668697E-2</v>
+        <v>3.4111015539615964E-2</v>
       </c>
       <c r="F46" s="133">
-        <v>3.4755705274195782E-2</v>
+        <v>3.4968751876580363E-2</v>
       </c>
       <c r="G46" s="134">
-        <v>3.4335412986552134E-2</v>
+        <v>3.4493407954106013E-2</v>
       </c>
     </row>
     <row r="47" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="135"/>
       <c r="B47" s="136" t="s">
         <v>44</v>
       </c>
       <c r="D47" s="137">
         <f>(D46-D45)/D45</f>
-        <v>2.1104537250365651E-3</v>
+        <v>3.2715681141603906E-2</v>
       </c>
       <c r="E47" s="138">
         <f>(E46-E45)/E45</f>
-        <v>7.3039636776869718E-3</v>
+        <v>3.2733080156050864E-2</v>
       </c>
       <c r="F47" s="138">
         <f>(F46-F45)/F45</f>
-        <v>3.2065193827353314E-3</v>
+        <v>1.8641809446905026E-2</v>
       </c>
       <c r="G47" s="139">
         <f>(G46-G45)/G45</f>
-        <v>3.8781081721997925E-3</v>
+        <v>2.8144421294357777E-2</v>
       </c>
     </row>
     <row r="48" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="140" t="s">
         <v>22</v>
       </c>
       <c r="B48" s="141"/>
       <c r="D48" s="142"/>
       <c r="E48" s="142"/>
       <c r="F48" s="142"/>
       <c r="G48" s="142"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A49" s="140" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A50" s="140" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A52" s="143" t="s">
         <v>26</v>
@@ -12957,58 +12989,58 @@
     <row r="53" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A53" s="143" t="s">
         <v>27</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="1"/>
       <c r="D53" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="D35:G35"/>
   </mergeCells>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.85" bottom="0.98425196850393704" header="0.83" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE38B599-90CF-44C5-8DE2-526ABAB4A05F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43E7AB29-74BA-4279-AF89-244B9F884DF0}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S56"/>
   <sheetViews>
-    <sheetView topLeftCell="A8" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="Q21" sqref="Q21"/>
+    <sheetView topLeftCell="A16" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="D47" sqref="D47:M47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="7" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="7" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="6" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="7" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="6" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="7" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.3">
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -13639,223 +13671,263 @@
     <row r="22" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="44"/>
       <c r="D22" s="47"/>
       <c r="E22" s="41"/>
       <c r="F22" s="42"/>
       <c r="G22" s="43"/>
       <c r="H22" s="47"/>
       <c r="I22" s="41"/>
       <c r="J22" s="42"/>
       <c r="L22" s="47"/>
       <c r="M22" s="41"/>
       <c r="N22" s="42"/>
       <c r="P22" s="47"/>
       <c r="Q22" s="41"/>
       <c r="R22" s="42"/>
     </row>
     <row r="23" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="37" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="38"/>
       <c r="C23" s="48"/>
       <c r="D23" s="47">
         <v>217.95850666204717</v>
       </c>
-      <c r="E23" s="41"/>
-      <c r="F23" s="42" t="str">
+      <c r="E23" s="41">
+        <v>208.10280947204714</v>
+      </c>
+      <c r="F23" s="42">
         <f>IF(D23="","",IF(E23="","",IF(D23=0,0,IF(E23=0,0,(E23-D23)/D23))))</f>
-        <v/>
+        <v>-4.5218226812691727E-2</v>
       </c>
       <c r="G23" s="43"/>
       <c r="H23" s="47">
         <v>155.86437122661729</v>
       </c>
-      <c r="I23" s="41"/>
-      <c r="J23" s="42" t="str">
+      <c r="I23" s="41">
+        <v>152.62201713482443</v>
+      </c>
+      <c r="J23" s="42">
         <f>IF(H23="","",IF(I23="","",IF(H23=0,0,IF(I23=0,0,(I23-H23)/H23))))</f>
-        <v/>
+        <v>-2.080240703039617E-2</v>
       </c>
       <c r="L23" s="47">
         <v>181.14408956658718</v>
       </c>
-      <c r="M23" s="41"/>
-      <c r="N23" s="42" t="str">
+      <c r="M23" s="41">
+        <v>176.95112686661173</v>
+      </c>
+      <c r="N23" s="42">
         <f>IF(L23="","",IF(M23="","",IF(L23=0,0,IF(M23=0,0,(M23-L23)/L23))))</f>
-        <v/>
+        <v>-2.3147112942010467E-2</v>
       </c>
       <c r="P23" s="47">
         <v>554.96696745525173</v>
       </c>
-      <c r="Q23" s="41"/>
-      <c r="R23" s="42" t="str">
+      <c r="Q23" s="41">
+        <v>537.67595347348333</v>
+      </c>
+      <c r="R23" s="42">
         <f>IF(P23="","",IF(Q23="","",IF(P23=0,0,IF(Q23=0,0,(Q23-P23)/P23))))</f>
-        <v/>
+        <v>-3.1156834542882258E-2</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="44"/>
       <c r="B24" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="46"/>
       <c r="D24" s="41">
         <f>IF(D23="","",D23+D21)</f>
         <v>930.98270736606992</v>
       </c>
-      <c r="E24" s="41"/>
-      <c r="F24" s="42" t="str">
+      <c r="E24" s="41">
+        <f>E21+E23</f>
+        <v>905.78679909607001</v>
+      </c>
+      <c r="F24" s="42">
         <f>IF(D24="","",IF(E24="","",IF(D24=0,0,IF(E24=0,0,(E24-D24)/D24))))</f>
-        <v/>
+        <v>-2.7063776878610345E-2</v>
       </c>
       <c r="G24" s="43"/>
       <c r="H24" s="47">
         <f>IF(H23="","",H23+H21)</f>
         <v>718.41545407133185</v>
       </c>
-      <c r="I24" s="41"/>
-      <c r="J24" s="42" t="str">
+      <c r="I24" s="41">
+        <f>I21+I23</f>
+        <v>697.16881963645301</v>
+      </c>
+      <c r="J24" s="42">
         <f>IF(H24="","",IF(I24="","",IF(H24=0,0,IF(I24=0,0,(I24-H24)/H24))))</f>
-        <v/>
+        <v>-2.9574300377966607E-2</v>
       </c>
       <c r="L24" s="47">
         <f>IF(L23="","",L23+L21)</f>
         <v>887.88271470797554</v>
       </c>
-      <c r="M24" s="41"/>
-      <c r="N24" s="42" t="str">
+      <c r="M24" s="41">
+        <f>M21+M23</f>
+        <v>854.69931571937582</v>
+      </c>
+      <c r="N24" s="42">
         <f>IF(L24="","",IF(M24="","",IF(L24=0,0,IF(M24=0,0,(M24-L24)/L24))))</f>
-        <v/>
+        <v>-3.7373628790052224E-2</v>
       </c>
       <c r="P24" s="47">
         <f>IF(P23="","",P23+P21)</f>
         <v>2537.2808761453771</v>
       </c>
-      <c r="Q24" s="41"/>
-      <c r="R24" s="42" t="str">
+      <c r="Q24" s="41">
+        <f>Q21+Q23</f>
+        <v>2457.654934451899</v>
+      </c>
+      <c r="R24" s="42">
         <f>IF(P24="","",IF(Q24="","",IF(P24=0,0,IF(Q24=0,0,(Q24-P24)/P24))))</f>
-        <v/>
+        <v>-3.1382391457758278E-2</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="44"/>
       <c r="D25" s="47"/>
       <c r="E25" s="41"/>
       <c r="F25" s="42"/>
       <c r="G25" s="43"/>
       <c r="H25" s="47"/>
       <c r="I25" s="41"/>
       <c r="J25" s="42"/>
       <c r="L25" s="47"/>
       <c r="M25" s="41"/>
       <c r="N25" s="42"/>
       <c r="P25" s="47"/>
       <c r="Q25" s="41"/>
       <c r="R25" s="42"/>
     </row>
     <row r="26" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="37" t="s">
         <v>13</v>
       </c>
       <c r="B26" s="38"/>
       <c r="C26" s="48"/>
       <c r="D26" s="47">
         <v>194.90126564765271</v>
       </c>
-      <c r="E26" s="41"/>
-      <c r="F26" s="42" t="str">
+      <c r="E26" s="41">
+        <v>197.10956725765266</v>
+      </c>
+      <c r="F26" s="42">
         <f>IF(D26="","",IF(E26="","",IF(D26=0,0,IF(E26=0,0,(E26-D26)/D26))))</f>
-        <v/>
+        <v>1.1330360542615313E-2</v>
       </c>
       <c r="G26" s="43"/>
       <c r="H26" s="47">
         <v>146.09404492940902</v>
       </c>
-      <c r="I26" s="41"/>
-      <c r="J26" s="42" t="str">
+      <c r="I26" s="41">
+        <v>147.4067549430369</v>
+      </c>
+      <c r="J26" s="42">
         <f>IF(H26="","",IF(I26="","",IF(H26=0,0,IF(I26=0,0,(I26-H26)/H26))))</f>
-        <v/>
+        <v>8.985376606296067E-3</v>
       </c>
       <c r="L26" s="47">
         <v>162.75778574988246</v>
       </c>
-      <c r="M26" s="41"/>
-      <c r="N26" s="42" t="str">
+      <c r="M26" s="41">
+        <v>167.07957562402936</v>
+      </c>
+      <c r="N26" s="42">
         <f>IF(L26="","",IF(M26="","",IF(L26=0,0,IF(M26=0,0,(M26-L26)/L26))))</f>
-        <v/>
+        <v>2.6553506206998902E-2</v>
       </c>
       <c r="P26" s="47">
         <v>503.75309632694416</v>
       </c>
-      <c r="Q26" s="41"/>
-      <c r="R26" s="42" t="str">
+      <c r="Q26" s="41">
+        <v>511.59589782471892</v>
+      </c>
+      <c r="R26" s="42">
         <f>IF(P26="","",IF(Q26="","",IF(P26=0,0,IF(Q26=0,0,(Q26-P26)/P26))))</f>
-        <v/>
+        <v>1.5568741026029643E-2</v>
       </c>
     </row>
     <row r="27" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="44"/>
       <c r="B27" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="46"/>
       <c r="D27" s="41">
         <f>IF(D26="","",D26+D24)</f>
         <v>1125.8839730137227</v>
       </c>
-      <c r="E27" s="41"/>
-      <c r="F27" s="42" t="str">
+      <c r="E27" s="41">
+        <f>E24+E26</f>
+        <v>1102.8963663537227</v>
+      </c>
+      <c r="F27" s="42">
         <f>IF(D27="","",IF(E27="","",IF(D27=0,0,IF(E27=0,0,(E27-D27)/D27))))</f>
-        <v/>
+        <v>-2.0417385104494958E-2</v>
       </c>
       <c r="G27" s="43"/>
       <c r="H27" s="47">
         <f>IF(H26="","",H26+H24)</f>
         <v>864.5094990007409</v>
       </c>
-      <c r="I27" s="41"/>
-      <c r="J27" s="42" t="str">
+      <c r="I27" s="41">
+        <f>I24+I26</f>
+        <v>844.57557457948997</v>
+      </c>
+      <c r="J27" s="42">
         <f>IF(H27="","",IF(I27="","",IF(H27=0,0,IF(I27=0,0,(I27-H27)/H27))))</f>
-        <v/>
+        <v>-2.305807448534912E-2</v>
       </c>
       <c r="L27" s="47">
         <f>IF(L26="","",L26+L24)</f>
         <v>1050.640500457858</v>
       </c>
-      <c r="M27" s="41"/>
-      <c r="N27" s="42" t="str">
+      <c r="M27" s="41">
+        <f>M24+M26</f>
+        <v>1021.7788913434051</v>
+      </c>
+      <c r="N27" s="42">
         <f>IF(L27="","",IF(M27="","",IF(L27=0,0,IF(M27=0,0,(M27-L27)/L27))))</f>
-        <v/>
+        <v>-2.7470489764934172E-2</v>
       </c>
       <c r="P27" s="47">
         <f>IF(P26="","",P26+P24)</f>
         <v>3041.0339724723212</v>
       </c>
-      <c r="Q27" s="41"/>
-      <c r="R27" s="42" t="str">
+      <c r="Q27" s="41">
+        <f>Q24+Q26</f>
+        <v>2969.250832276618</v>
+      </c>
+      <c r="R27" s="42">
         <f>IF(P27="","",IF(Q27="","",IF(P27=0,0,IF(Q27=0,0,(Q27-P27)/P27))))</f>
-        <v/>
+        <v>-2.3604846524402517E-2</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="44"/>
       <c r="D28" s="47"/>
       <c r="E28" s="41"/>
       <c r="F28" s="42"/>
       <c r="G28" s="43"/>
       <c r="H28" s="47"/>
       <c r="I28" s="41"/>
       <c r="J28" s="42"/>
       <c r="L28" s="47"/>
       <c r="M28" s="41"/>
       <c r="N28" s="42"/>
       <c r="P28" s="47"/>
       <c r="Q28" s="41"/>
       <c r="R28" s="42"/>
     </row>
     <row r="29" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="38"/>
       <c r="C29" s="48"/>
       <c r="D29" s="47">
@@ -14585,55 +14657,55 @@
     <row r="55" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="H4:J4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63914A49-F54A-40A8-B8B7-12937D39CB25}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0729221B-9601-42AD-A6B8-B1309C99296B}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A130" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q21" sqref="Q21"/>
+    <sheetView showGridLines="0" topLeftCell="A127" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q28" sqref="Q28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>