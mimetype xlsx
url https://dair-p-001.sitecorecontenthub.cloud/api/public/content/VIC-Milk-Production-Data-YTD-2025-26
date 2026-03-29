--- v2 (2026-02-09)
+++ v3 (2026-03-29)
@@ -39,318 +39,326 @@
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://dairyaustralia-my.sharepoint.com/personal/vanessa_fischer_dairyaustralia_com_au/Documents/Documents/_H Drive/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A76BC3F5-52E4-4F65-8F9A-912D9C6624F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3A4F3F37-698D-4DB1-BA23-C3EBD9836997}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{75D47190-FFCA-4DE9-993B-D734CF260762}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{FCF9BDE9-7AFF-49E7-B459-6C839FDE69AD}"/>
   </bookViews>
   <sheets>
     <sheet name="VIC" sheetId="2" r:id="rId1"/>
     <sheet name="VIC Monthly" sheetId="1" r:id="rId2"/>
     <sheet name="VIC Graphs" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="location" localSheetId="0">#REF!</definedName>
     <definedName name="location" localSheetId="2">#REF!</definedName>
     <definedName name="location" localSheetId="1">#REF!</definedName>
     <definedName name="location">#REF!</definedName>
     <definedName name="location2">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">VIC!$A$1:$G$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'VIC Monthly'!$A$1:$S$58</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G47" i="2" l="1"/>
-[...2 lines deleted...]
-  <c r="D47" i="2"/>
+  <c r="E47" i="2" l="1"/>
+  <c r="G41" i="2"/>
   <c r="F41" i="2"/>
   <c r="E41" i="2"/>
   <c r="D41" i="2"/>
-  <c r="G41" i="2"/>
   <c r="G32" i="2"/>
   <c r="F32" i="2"/>
   <c r="E32" i="2"/>
   <c r="D32" i="2"/>
-  <c r="D26" i="2"/>
-[...4 lines deleted...]
-  <c r="B23" i="2"/>
   <c r="G26" i="2"/>
   <c r="F26" i="2"/>
+  <c r="F23" i="2"/>
+  <c r="B23" i="2"/>
+  <c r="D26" i="2"/>
   <c r="E26" i="2"/>
+  <c r="G15" i="2"/>
   <c r="E15" i="2"/>
-  <c r="G14" i="2"/>
   <c r="E11" i="2"/>
   <c r="D11" i="2"/>
   <c r="G11" i="2"/>
-  <c r="F11" i="2"/>
   <c r="D15" i="2"/>
+  <c r="G14" i="2"/>
   <c r="F14" i="2"/>
   <c r="E14" i="2"/>
   <c r="D14" i="2"/>
   <c r="Q49" i="1"/>
   <c r="M49" i="1"/>
   <c r="I49" i="1"/>
   <c r="E49" i="1"/>
   <c r="R44" i="1"/>
   <c r="N44" i="1"/>
   <c r="J44" i="1"/>
   <c r="F44" i="1"/>
   <c r="R41" i="1"/>
   <c r="N41" i="1"/>
   <c r="J41" i="1"/>
   <c r="R38" i="1"/>
   <c r="N38" i="1"/>
   <c r="F38" i="1"/>
   <c r="R35" i="1"/>
   <c r="J35" i="1"/>
-  <c r="F35" i="1"/>
+  <c r="R32" i="1"/>
   <c r="N32" i="1"/>
   <c r="J32" i="1"/>
   <c r="F32" i="1"/>
   <c r="R29" i="1"/>
   <c r="N29" i="1"/>
   <c r="J29" i="1"/>
   <c r="F29" i="1"/>
   <c r="R26" i="1"/>
   <c r="N26" i="1"/>
   <c r="J26" i="1"/>
+  <c r="F26" i="1"/>
   <c r="R23" i="1"/>
   <c r="N23" i="1"/>
   <c r="J23" i="1"/>
-  <c r="F23" i="1"/>
-  <c r="R20" i="1"/>
+  <c r="N20" i="1"/>
   <c r="J20" i="1"/>
-  <c r="H21" i="1"/>
   <c r="F20" i="1"/>
-  <c r="H18" i="1"/>
+  <c r="Q18" i="1"/>
+  <c r="Q21" i="1" s="1"/>
+  <c r="Q24" i="1" s="1"/>
+  <c r="Q27" i="1" s="1"/>
+  <c r="Q30" i="1" s="1"/>
+  <c r="Q33" i="1" s="1"/>
   <c r="R17" i="1"/>
-  <c r="N17" i="1"/>
+  <c r="L18" i="1"/>
   <c r="J17" i="1"/>
   <c r="F17" i="1"/>
   <c r="L15" i="1"/>
-  <c r="H15" i="1"/>
   <c r="E15" i="1"/>
   <c r="E18" i="1" s="1"/>
   <c r="E21" i="1" s="1"/>
   <c r="E24" i="1" s="1"/>
   <c r="E27" i="1" s="1"/>
-  <c r="D15" i="1"/>
-  <c r="D18" i="1" s="1"/>
+  <c r="E30" i="1" s="1"/>
+  <c r="E33" i="1" s="1"/>
   <c r="R14" i="1"/>
-  <c r="P15" i="1"/>
   <c r="N14" i="1"/>
-  <c r="J14" i="1"/>
-[...36 lines deleted...]
-  <c r="I15" i="1" s="1"/>
+  <c r="I15" i="1"/>
   <c r="I18" i="1" s="1"/>
   <c r="I21" i="1" s="1"/>
   <c r="I24" i="1" s="1"/>
   <c r="I27" i="1" s="1"/>
+  <c r="I30" i="1" s="1"/>
+  <c r="I33" i="1" s="1"/>
+  <c r="J14" i="1"/>
+  <c r="F14" i="1"/>
+  <c r="L12" i="1"/>
+  <c r="I12" i="1"/>
+  <c r="H12" i="1"/>
+  <c r="J12" i="1" s="1"/>
+  <c r="E12" i="1"/>
+  <c r="D12" i="1"/>
+  <c r="F12" i="1" s="1"/>
+  <c r="Q12" i="1"/>
+  <c r="Q15" i="1" s="1"/>
+  <c r="P12" i="1"/>
+  <c r="P15" i="1" s="1"/>
+  <c r="R15" i="1" s="1"/>
+  <c r="N11" i="1"/>
+  <c r="J11" i="1"/>
+  <c r="F11" i="1"/>
+  <c r="P21" i="1" l="1"/>
+  <c r="R21" i="1" s="1"/>
+  <c r="F35" i="1"/>
+  <c r="R11" i="1"/>
+  <c r="F23" i="1"/>
+  <c r="N17" i="1"/>
+  <c r="L21" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="D23" i="2"/>
+  <c r="D27" i="2"/>
+  <c r="H15" i="1"/>
+  <c r="J15" i="1" s="1"/>
+  <c r="E23" i="2"/>
+  <c r="D47" i="2"/>
+  <c r="R12" i="1"/>
+  <c r="D15" i="1"/>
+  <c r="R20" i="1"/>
+  <c r="G23" i="2"/>
+  <c r="F47" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="G47" i="2"/>
+  <c r="P18" i="1"/>
+  <c r="R18" i="1" s="1"/>
+  <c r="E27" i="2"/>
   <c r="F27" i="2"/>
-  <c r="E23" i="2"/>
+  <c r="G27" i="2"/>
   <c r="M12" i="1"/>
   <c r="M15" i="1" s="1"/>
   <c r="M18" i="1" s="1"/>
   <c r="M21" i="1" s="1"/>
   <c r="M24" i="1" s="1"/>
   <c r="M27" i="1" s="1"/>
-  <c r="F15" i="2"/>
-  <c r="R32" i="1"/>
+  <c r="M30" i="1" s="1"/>
+  <c r="M33" i="1" s="1"/>
   <c r="N35" i="1"/>
   <c r="J38" i="1"/>
-  <c r="N18" i="1" l="1"/>
-[...12 lines deleted...]
-  <c r="D27" i="1"/>
+  <c r="F41" i="1"/>
+  <c r="H21" i="1" l="1"/>
+  <c r="J18" i="1"/>
+  <c r="D18" i="1"/>
+  <c r="F15" i="1"/>
   <c r="N21" i="1"/>
   <c r="L24" i="1"/>
-  <c r="R21" i="1"/>
   <c r="P24" i="1"/>
-  <c r="P27" i="1" l="1"/>
+  <c r="N12" i="1"/>
+  <c r="N18" i="1"/>
+  <c r="N15" i="1"/>
+  <c r="J21" i="1" l="1"/>
+  <c r="H24" i="1"/>
   <c r="R24" i="1"/>
+  <c r="P27" i="1"/>
+  <c r="N24" i="1"/>
   <c r="L27" i="1"/>
-  <c r="N24" i="1"/>
-[...7 lines deleted...]
-  <c r="H36" i="1"/>
+  <c r="F18" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="F21" i="1" l="1"/>
+  <c r="D24" i="1"/>
   <c r="N27" i="1"/>
   <c r="L30" i="1"/>
   <c r="R27" i="1"/>
   <c r="P30" i="1"/>
+  <c r="J24" i="1"/>
+  <c r="H27" i="1"/>
+  <c r="F24" i="1" l="1"/>
+  <c r="D27" i="1"/>
+  <c r="J27" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="R30" i="1"/>
+  <c r="P33" i="1"/>
+  <c r="L33" i="1"/>
+  <c r="N30" i="1"/>
+  <c r="J30" i="1" l="1"/>
+  <c r="H33" i="1"/>
+  <c r="F27" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="N33" i="1"/>
+  <c r="L36" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="R33" i="1"/>
+  <c r="R36" i="1" l="1"/>
+  <c r="P39" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="L39" i="1"/>
+  <c r="F30" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="J33" i="1"/>
+  <c r="H36" i="1"/>
   <c r="J36" i="1" l="1"/>
   <c r="H39" i="1"/>
   <c r="F33" i="1"/>
   <c r="D36" i="1"/>
-  <c r="R30" i="1"/>
-[...8 lines deleted...]
-  <c r="J39" i="1"/>
+  <c r="N39" i="1"/>
+  <c r="L42" i="1"/>
+  <c r="P42" i="1"/>
+  <c r="R39" i="1"/>
+  <c r="P45" i="1" l="1"/>
+  <c r="R42" i="1"/>
+  <c r="L45" i="1"/>
+  <c r="N42" i="1"/>
   <c r="F36" i="1"/>
   <c r="D39" i="1"/>
+  <c r="J39" i="1"/>
+  <c r="H42" i="1"/>
   <c r="F39" i="1" l="1"/>
   <c r="D42" i="1"/>
+  <c r="H45" i="1"/>
   <c r="J42" i="1"/>
-  <c r="H45" i="1"/>
-[...5 lines deleted...]
-  <c r="N39" i="1"/>
+  <c r="L47" i="1"/>
+  <c r="N45" i="1"/>
+  <c r="R45" i="1"/>
+  <c r="P47" i="1"/>
+  <c r="P49" i="1" l="1"/>
+  <c r="R47" i="1"/>
+  <c r="L49" i="1"/>
+  <c r="N47" i="1"/>
+  <c r="H47" i="1"/>
+  <c r="J45" i="1"/>
   <c r="D45" i="1"/>
   <c r="F42" i="1"/>
-  <c r="P42" i="1"/>
-[...5 lines deleted...]
-  <c r="R42" i="1"/>
+  <c r="D47" i="1" l="1"/>
   <c r="F45" i="1"/>
-  <c r="D47" i="1"/>
-[...8 lines deleted...]
-  <c r="P49" i="1"/>
+  <c r="J47" i="1"/>
   <c r="H49" i="1"/>
+  <c r="F47" i="1" l="1"/>
   <c r="D49" i="1"/>
-  <c r="N47" i="1"/>
-  <c r="L49" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="48">
   <si>
     <t>Victoria Milk Production</t>
   </si>
   <si>
     <t>(million litres)</t>
   </si>
   <si>
     <t>Eastern</t>
   </si>
   <si>
     <t>Northern</t>
   </si>
   <si>
     <t>Western</t>
   </si>
   <si>
     <t>Total VIC</t>
   </si>
   <si>
     <t>Var%</t>
@@ -436,60 +444,60 @@
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Average Milkfat &amp; Protein (%)</t>
   </si>
   <si>
     <t>Milkfat</t>
   </si>
   <si>
     <t>Protein</t>
   </si>
   <si>
     <t>25/26 by Region</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t>VIC</t>
   </si>
   <si>
-    <t>December-23</t>
+    <t>February-24</t>
   </si>
   <si>
-    <t>December-24</t>
+    <t>February-25</t>
   </si>
   <si>
-    <t>December-25</t>
+    <t>February-26</t>
   </si>
   <si>
-    <t>% change 24 &amp; 25</t>
+    <t>% change 25 &amp; 26</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>2025/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
@@ -1222,51 +1230,51 @@
     <xf numFmtId="165" fontId="2" fillId="0" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="23" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{0350A6F6-EED5-47C2-8F93-58B8AA330D2C}"/>
+    <cellStyle name="Normal_MilkSales_National" xfId="3" xr:uid="{288411C3-3E01-427B-9542-CCF7E807171F}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing13.xml"/></Relationships>
@@ -1479,51 +1487,51 @@
                 <c:v>503753.09632694419</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>431470.68718485325</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>335890.00982478651</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>346003.14459907613</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>357786.27468384698</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>387373.11737052002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366134.64273873752</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-3ED3-4622-89A4-82C3E48818B0}"/>
+              <c16:uniqueId val="{00000000-CB68-4798-8A5D-3410D32E6C0C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -1544,75 +1552,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>370967.59067714401</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>445486.30595947203</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>527702.71058725996</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>575822.37375453999</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>537675.95347348298</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>511595.89782471902</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>438194.453222877</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>335696.65928206802</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-3ED3-4622-89A4-82C3E48818B0}"/>
+              <c16:uniqueId val="{00000001-CB68-4798-8A5D-3410D32E6C0C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618071048"/>
         <c:axId val="618070656"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618071048"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -1964,51 +1978,51 @@
                 <c:v>3915.9013828535935</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3866.6748106933323</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-6CA4-481E-B4E9-F2E08CCD95BE}"/>
+              <c16:uniqueId val="{00000000-BA0B-4512-B193-53C9EB02BA50}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2071,51 +2085,51 @@
                 <c:v>3785.0412500000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>3747.92625</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3170.1645000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>3744.0189999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3268.87725</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3212.7509999999997</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3300.4929999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-6CA4-481E-B4E9-F2E08CCD95BE}"/>
+              <c16:uniqueId val="{00000001-BA0B-4512-B193-53C9EB02BA50}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2178,51 +2192,51 @@
                 <c:v>4811.3959999999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>4517.1499999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>3720.8620000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>4037.8939999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>3494.134</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>3609.5459999999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>3685.03</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-6CA4-481E-B4E9-F2E08CCD95BE}"/>
+              <c16:uniqueId val="{00000002-BA0B-4512-B193-53C9EB02BA50}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="464737088"/>
         <c:axId val="812211360"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="464737088"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -2554,51 +2568,51 @@
                 <c:v>8984.2440000000006</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9053.6139999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-EC62-470A-B675-1ADFEF5902B9}"/>
+              <c16:uniqueId val="{00000000-80E7-4A8D-BF70-4C0B5D36F1C9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2661,51 +2675,51 @@
                 <c:v>8752.9950000000008</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>9675.1880000000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8721.9840000000004</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9097.1170000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>7823.2330000000002</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>8591.4459999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>9218.9549999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-EC62-470A-B675-1ADFEF5902B9}"/>
+              <c16:uniqueId val="{00000001-80E7-4A8D-BF70-4C0B5D36F1C9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -2768,51 +2782,51 @@
                 <c:v>10182.468000000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>10040.382</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>8744.2829999999994</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>9312.8209999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>8658.8719999999994</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>9041.6659999999993</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>8790.7450000000008</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-EC62-470A-B675-1ADFEF5902B9}"/>
+              <c16:uniqueId val="{00000002-80E7-4A8D-BF70-4C0B5D36F1C9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="812215672"/>
         <c:axId val="181844360"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="812215672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3144,51 +3158,51 @@
                 <c:v>47200.433891755136</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45939.6196283647</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-5FB8-48A4-9210-261A77156555}"/>
+              <c16:uniqueId val="{00000000-14EC-439F-BE21-635285E362B1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3251,51 +3265,51 @@
                 <c:v>46643.253000000012</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>46810.390079999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>39415.279999999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46504.505999999994</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>43865.622000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>42599.933000000005</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>43745.517000000007</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-5FB8-48A4-9210-261A77156555}"/>
+              <c16:uniqueId val="{00000001-14EC-439F-BE21-635285E362B1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3358,51 +3372,51 @@
                 <c:v>53838.099000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48831.695999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>42468.201000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>46335.63</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44677.919999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>45956.103000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>45814.54</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-5FB8-48A4-9210-261A77156555}"/>
+              <c16:uniqueId val="{00000002-14EC-439F-BE21-635285E362B1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955736128"/>
         <c:axId val="955745536"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955736128"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -3734,51 +3748,51 @@
                 <c:v>60100.579274608732</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>58859.908439058032</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-9B2B-40A4-9A30-0C2F15710608}"/>
+              <c16:uniqueId val="{00000000-56D2-49D3-9AF9-38E0C7FA5974}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3841,51 +3855,51 @@
                 <c:v>59181.289250000016</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>60233.504329999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>51307.428499999995</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59345.641999999993</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>54957.732250000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>54404.13</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>56264.965000000011</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-9B2B-40A4-9A30-0C2F15710608}"/>
+              <c16:uniqueId val="{00000001-56D2-49D3-9AF9-38E0C7FA5974}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -3948,51 +3962,51 @@
                 <c:v>68831.963000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>63389.227999999996</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>54933.345999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>59686.345000000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>56830.925999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>58607.315000000002</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>58290.315000000002</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-9B2B-40A4-9A30-0C2F15710608}"/>
+              <c16:uniqueId val="{00000002-56D2-49D3-9AF9-38E0C7FA5974}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955741224"/>
         <c:axId val="955740048"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955741224"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4343,51 +4357,51 @@
                 <c:v>194901.2656476527</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>162290.37091713134</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>125577.09149694168</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>132067.41224151681</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>134252.6592981187</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>134042.85196283631</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>115766.09039615547</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-5D67-4A26-9EC1-710E45F8979C}"/>
+              <c16:uniqueId val="{00000000-E5C0-4DF0-BEA5-5986836B1B4E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4408,75 +4422,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>114502.36123630199</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>156396.93684390301</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>201960.886122759</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>224823.805421058</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>208102.809472047</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>197109.56725765299</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>167612.56011713101</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>126855.666206942</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-5D67-4A26-9EC1-710E45F8979C}"/>
+              <c16:uniqueId val="{00000001-E5C0-4DF0-BEA5-5986836B1B4E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955742008"/>
         <c:axId val="955739264"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955742008"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -4847,51 +4867,51 @@
                 <c:v>146094.04492940902</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>133192.12082639887</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>104816.95393979877</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108199.11228319666</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>117216.65783121194</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>131614.07869070693</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>119824.10401702045</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-A30F-4134-9A89-3625441855F2}"/>
+              <c16:uniqueId val="{00000000-9065-4781-A094-B4FE1FEBA01A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -4912,75 +4932,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>111248.476081067</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>124036.481514703</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>146472.522386572</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>162789.32251928601</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>152622.01713482401</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>147406.754943037</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>130774.19936052999</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>103059.39966087999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-A30F-4134-9A89-3625441855F2}"/>
+              <c16:uniqueId val="{00000001-9065-4781-A094-B4FE1FEBA01A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955743184"/>
         <c:axId val="955736520"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955743184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5351,51 +5377,51 @@
                 <c:v>162757.78574988246</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>135988.19544132304</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>105495.96438804609</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>105736.6200743627</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>106316.95755451632</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>121716.18671697678</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>130544.44832556156</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-9D9C-4A19-8ADA-06C64FEF7AD9}"/>
+              <c16:uniqueId val="{00000000-8142-4E17-8A0F-57933732D0B5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>2025/2026</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="FF6600"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5416,75 +5442,81 @@
                 <c:v>December</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>January</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>February</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>March</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>April</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>May</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>June</c:v>
               </c:pt>
             </c:strLit>
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>General</c:formatCode>
-              <c:ptCount val="6"/>
+              <c:ptCount val="8"/>
               <c:pt idx="0">
                 <c:v>145216.75335977401</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>165052.88760086501</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>179269.30207792801</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>188209.24581419601</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>176951.126866612</c:v>
               </c:pt>
               <c:pt idx="5">
                 <c:v>167079.57562402901</c:v>
+              </c:pt>
+              <c:pt idx="6">
+                <c:v>139807.69374521601</c:v>
+              </c:pt>
+              <c:pt idx="7">
+                <c:v>105781.593414246</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-9D9C-4A19-8ADA-06C64FEF7AD9}"/>
+              <c16:uniqueId val="{00000001-8142-4E17-8A0F-57933732D0B5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="955745144"/>
         <c:axId val="955739656"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="955745144"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -5836,51 +5868,51 @@
                 <c:v>35710.484000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>33265.589</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-64B1-4BF7-A9A0-937DD6D63F6E}"/>
+              <c16:uniqueId val="{00000000-601B-4D3C-B297-47730EDB61FF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -5943,51 +5975,51 @@
                 <c:v>37750.683000000005</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>36337.661</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31203.606</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>34805.508000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>32375.111000000001</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>33633.875</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>33525.218000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-64B1-4BF7-A9A0-937DD6D63F6E}"/>
+              <c16:uniqueId val="{00000001-601B-4D3C-B297-47730EDB61FF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6050,51 +6082,51 @@
                 <c:v>36799.103999999999</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>34554.623</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>31864.673000000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>35039.686000000002</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>33811.805</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>35097.137999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>34300.663999999997</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-64B1-4BF7-A9A0-937DD6D63F6E}"/>
+              <c16:uniqueId val="{00000002-601B-4D3C-B297-47730EDB61FF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618070264"/>
         <c:axId val="618067128"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618070264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -6426,51 +6458,51 @@
                 <c:v>29991.78104505119</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>27040.270931459243</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-2A7A-44DA-8C74-DCE0F6ABE1B2}"/>
+              <c16:uniqueId val="{00000000-1516-4BAB-9DD1-50B1C0C56E05}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6533,51 +6565,51 @@
                 <c:v>26531.348000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24700.964</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>22699.217000000001</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25781.532999999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25752.746999999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>23301.02</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24068.804</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2A7A-44DA-8C74-DCE0F6ABE1B2}"/>
+              <c16:uniqueId val="{00000001-1516-4BAB-9DD1-50B1C0C56E05}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -6640,51 +6672,51 @@
                 <c:v>30537.052</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>24793.618999999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>24130.475000000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>25569.623</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>25733.785000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>24481.14</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>24463.559000000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-2A7A-44DA-8C74-DCE0F6ABE1B2}"/>
+              <c16:uniqueId val="{00000002-1516-4BAB-9DD1-50B1C0C56E05}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618065952"/>
         <c:axId val="618063992"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618065952"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7016,51 +7048,51 @@
                 <c:v>50298.495000000003</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>45872.546000000002</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-5570-4374-B254-4019A46C659A}"/>
+              <c16:uniqueId val="{00000000-4262-471E-9D2C-8C5427E75629}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7123,51 +7155,51 @@
                 <c:v>50655.522000000004</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>43816.202000000005</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>36419.267999999996</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>43142.470999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>40505.544999999998</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>41522.423999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>42673.102999999996</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-5570-4374-B254-4019A46C659A}"/>
+              <c16:uniqueId val="{00000001-4262-471E-9D2C-8C5427E75629}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7230,51 +7262,51 @@
                 <c:v>56999.061000000002</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>48490.192999999992</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>43755.061999999998</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>48322.311999999998</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>44035.228000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>46283.620999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>44944.696999999993</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-5570-4374-B254-4019A46C659A}"/>
+              <c16:uniqueId val="{00000002-4262-471E-9D2C-8C5427E75629}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618065560"/>
         <c:axId val="618071832"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618065560"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -7606,51 +7638,51 @@
                 <c:v>116000.7600450512</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>106178.40593145925</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1982-4D6B-B751-A59B0EA43476}"/>
+              <c16:uniqueId val="{00000000-3606-4491-A6C3-8166B9CE540C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7713,51 +7745,51 @@
                 <c:v>114937.55300000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>104854.82699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>90322.091</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>103729.512</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>98633.403000000006</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>98457.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>100267.125</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1982-4D6B-B751-A59B0EA43476}"/>
+              <c16:uniqueId val="{00000001-3606-4491-A6C3-8166B9CE540C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -7820,51 +7852,51 @@
                 <c:v>124335.217</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>107838.435</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>99750.21</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>108931.621</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>103580.818</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>105861.899</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>103708.92</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-1982-4D6B-B751-A59B0EA43476}"/>
+              <c16:uniqueId val="{00000002-3606-4491-A6C3-8166B9CE540C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618074184"/>
         <c:axId val="618073008"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618074184"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8196,51 +8228,51 @@
                 <c:v>213145.408</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>180522.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-25B7-4F84-8EF3-656A1BCB35D3}"/>
+              <c16:uniqueId val="{00000000-3532-4DF2-B774-B01269377F74}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8303,51 +8335,51 @@
                 <c:v>239124.35799999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>185636.61300000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>134627.38900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>122247.852</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>99846.300999999992</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91898.242999999988</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>74948.26400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-25B7-4F84-8EF3-656A1BCB35D3}"/>
+              <c16:uniqueId val="{00000001-3532-4DF2-B774-B01269377F74}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8410,51 +8442,51 @@
                 <c:v>253020.66699999996</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>228640.06099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>182027.92</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>167531.291</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>130830.99</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>117791.621</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>89852.457999999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-25B7-4F84-8EF3-656A1BCB35D3}"/>
+              <c16:uniqueId val="{00000002-3532-4DF2-B774-B01269377F74}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618066736"/>
         <c:axId val="618074576"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618066736"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -8786,51 +8818,51 @@
                 <c:v>279234.39909961686</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>252123.44072547375</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-3572-42C1-A6CA-5EE35721F4AA}"/>
+              <c16:uniqueId val="{00000000-E1F8-40D7-9A96-A6E9BB129308}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -8893,51 +8925,51 @@
                 <c:v>289301.64350000001</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>249617.5765</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>192677.44149999999</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>182945.91200000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>153211.74299999999</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>146681.63</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>124193.07799999999</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-3572-42C1-A6CA-5EE35721F4AA}"/>
+              <c16:uniqueId val="{00000001-E1F8-40D7-9A96-A6E9BB129308}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9000,51 +9032,51 @@
                 <c:v>351342.12699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>314109.07699999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>251791.81900000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>245866.13699999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>218825.93199999997</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>209816.86899999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>155550.54300000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-3572-42C1-A6CA-5EE35721F4AA}"/>
+              <c16:uniqueId val="{00000002-E1F8-40D7-9A96-A6E9BB129308}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618067520"/>
         <c:axId val="618067912"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618067520"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9376,51 +9408,51 @@
                 <c:v>209185.81699999998</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>173440.99699999997</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-E24E-4133-9076-89C688E44B5C}"/>
+              <c16:uniqueId val="{00000000-453A-401D-BCF9-BC4E03EE6E32}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9483,51 +9515,51 @@
                 <c:v>217102.33</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>166924.25099999999</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>118093.039</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>104971.04599999999</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>81891.266000000003</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>87161.319000000003</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>111297.46400000001</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-E24E-4133-9076-89C688E44B5C}"/>
+              <c16:uniqueId val="{00000001-453A-401D-BCF9-BC4E03EE6E32}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -9590,51 +9622,51 @@
                 <c:v>226120.1</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>201722.05100000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>149366.33500000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>131993.76100000003</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>90429.256000000008</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>91567.048999999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>120908.53699999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-E24E-4133-9076-89C688E44B5C}"/>
+              <c16:uniqueId val="{00000002-453A-401D-BCF9-BC4E03EE6E32}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="618069088"/>
         <c:axId val="618069480"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="618069088"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -9966,51 +9998,51 @@
                 <c:v>701565.62409961689</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>606087.05072547379</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>0</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>0</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-3A7F-4D19-9ACD-80340DF91B64}"/>
+              <c16:uniqueId val="{00000000-D9EE-46E6-A910-AD5CE514614C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>01_02</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="lgDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10073,51 +10105,51 @@
                 <c:v>745528.33150000009</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>602178.44050000003</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>445397.86950000003</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>410164.81</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>334949.31</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>325741.19199999998</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>310438.80599999998</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-3A7F-4D19-9ACD-80340DF91B64}"/>
+              <c16:uniqueId val="{00000001-D9EE-46E6-A910-AD5CE514614C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>00_01</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="38100">
               <a:solidFill>
                 <a:srgbClr val="008000"/>
               </a:solidFill>
               <a:prstDash val="sysDash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strLit>
               <c:ptCount val="12"/>
               <c:pt idx="0">
                 <c:v>July</c:v>
@@ -10180,51 +10212,51 @@
                 <c:v>830482.89399999997</c:v>
               </c:pt>
               <c:pt idx="6">
                 <c:v>744471.18900000001</c:v>
               </c:pt>
               <c:pt idx="7">
                 <c:v>583186.07400000002</c:v>
               </c:pt>
               <c:pt idx="8">
                 <c:v>545391.18900000001</c:v>
               </c:pt>
               <c:pt idx="9">
                 <c:v>440086.17799999996</c:v>
               </c:pt>
               <c:pt idx="10">
                 <c:v>419175.53899999999</c:v>
               </c:pt>
               <c:pt idx="11">
                 <c:v>366311.53799999994</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-3A7F-4D19-9ACD-80340DF91B64}"/>
+              <c16:uniqueId val="{00000002-D9EE-46E6-A910-AD5CE514614C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="464739048"/>
         <c:axId val="464740224"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="464739048"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
@@ -10502,51 +10534,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73383227-424C-41FD-9B98-BD5E6A046FDE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB0658C6-D0E0-467C-9D40-DECFB524F315}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipV="1">
           <a:off x="7023100" y="247650"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="57150">
           <a:solidFill>
             <a:srgbClr val="339966"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd type="triangle" w="med" len="med"/>
         </a:ln>
         <a:extLst>
@@ -10556,51 +10588,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>427990</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>40640</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F572210B-8BA4-48F9-B57A-24DDB7814269}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6C430D1-3E58-4BF3-AFD6-DBC76516B76B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1501140" cy="815340"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
@@ -11059,670 +11091,670 @@
     </cdr:pic>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>465667</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>67733</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>16722</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>282998</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FFC726C-BC0D-4AB2-8E9A-2A7E01C536D0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FA9EF71-A8F6-4FDB-9A33-AC9B133303E3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8746067" y="67733"/>
           <a:ext cx="1805305" cy="970915"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1025">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{456D52CC-0DA4-4417-A345-0E1DBA4D0E18}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EA7E2B6-0D8F-4BF9-A1CD-A28DD5E37157}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 1026">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A2A1B4C-E83C-404A-9F7D-A8E2FDC6F549}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BC46D14-B639-42CC-A014-47756D9C2F2B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Chart 1027">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{254F72D4-3740-445F-9898-FAFEF5D5F43F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67CDEE3F-1E51-4643-A6D3-83F721D710BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="5" name="Chart 1028">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A38C0E0-936C-4C11-B2DE-C1F087E5D355}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13628C4E-3C10-4388-B779-C49551D4D6A7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="6" name="Chart 1029">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B82081D1-0D68-423C-A66C-E0E4ABCA7794}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F03DD78-95EB-4466-992A-DCA5A9D21807}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="7" name="Chart 1030">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BC6E51B-27B9-4C73-8223-DD10E90E6F79}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61C3DAEB-79AC-41FB-A7A7-2EB518122113}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 1031">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C36076D1-D070-4F48-A67B-013400F91934}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8858B92-1CC1-45CE-A84D-7DC61D3138BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="9" name="Chart 1032">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53036E1-AC59-49D0-8328-419BAD65D55E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9F55169-EB42-4737-ACDA-CBB7A7EB6D18}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="10" name="Chart 1033">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{897AEA31-5659-40B6-91CA-B74F4C579D9B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47EF20B2-DB7F-4299-9626-CC80377EEC81}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="11" name="Chart 1034">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBC8B483-A994-42EF-BDC1-46384C28889A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07150E6E-2B9D-4277-A837-F4F9E6F10FB3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="12" name="Chart 1035">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E872FA1-98E0-4EE0-9645-49B86095F0FB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1ECDD5A-E543-4B10-BCAB-6D7128BEA91F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="13" name="Chart 1036">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B156E4AF-35C6-417E-AF1F-57FF3621503E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B508272E-60E1-44FD-96B3-C76B63347467}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>676275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="14" name="Chart 1037">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EA6FB2F-011C-41B4-8A00-3734606B51D4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBFB6459-74D1-44D5-90BE-A1E381F39651}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="15" name="Chart 1039">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EB18EAD-306C-4A32-99F7-85BCEE991CE6}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{901D3C7C-8EAD-4697-BCDE-9A0AE96C724C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>85</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>314325</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="16" name="Chart 1041">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06FF3210-DB44-4A5F-8A9D-268AFDDF7544}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B994B11A-1A07-4329-A61B-69868DB9144C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="17" name="Chart 1043">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0696E5C9-F08A-48E5-8064-1C307776441E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8BCAC33-7EF9-482E-BF05-540416D22698}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
@@ -12273,58 +12305,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{151FD284-75DD-4159-BC5E-51536DAF1A81}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDEB1A6F-EEA8-40CD-B21B-B06FEBE40F3A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="Q28" sqref="Q28"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13" style="71" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.765625" style="72" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="71" customWidth="1"/>
     <col min="4" max="7" width="14.61328125" style="128" customWidth="1"/>
     <col min="8" max="16384" width="9" style="71"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D1" s="73"/>
       <c r="E1" s="73"/>
       <c r="F1" s="73"/>
       <c r="G1" s="73"/>
     </row>
     <row r="2" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
       <c r="D2" s="74" t="s">
         <v>28</v>
       </c>
       <c r="E2" s="74"/>
       <c r="F2" s="74"/>
       <c r="G2" s="74"/>
     </row>
@@ -12350,363 +12382,363 @@
       <c r="G5" s="79"/>
     </row>
     <row r="6" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B6" s="72"/>
       <c r="D6" s="80" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="81" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="81" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="83" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="84" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="85">
-        <v>189686.04954765268</v>
+        <v>135351.78989694169</v>
       </c>
       <c r="E7" s="86">
-        <v>144973.65494415248</v>
+        <v>105137.2582900993</v>
       </c>
       <c r="F7" s="86">
-        <v>170128.47229343903</v>
+        <v>116428.0358286249</v>
       </c>
       <c r="G7" s="87">
-        <v>504788.1767852442</v>
+        <v>356917.08401566587</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="88"/>
       <c r="B8" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="90">
-        <v>194901.2656476527</v>
+        <v>125577.09149694168</v>
       </c>
       <c r="E8" s="91">
-        <v>146094.04492940902</v>
+        <v>104816.95393979875</v>
       </c>
       <c r="F8" s="91">
-        <v>162757.78574988246</v>
+        <v>105495.96438804609</v>
       </c>
       <c r="G8" s="92">
-        <v>503753.09632694419</v>
+        <v>335890.00982478657</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="93"/>
       <c r="B9" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="90">
-        <v>197109.56725765273</v>
+        <v>126855.66620694166</v>
       </c>
       <c r="E9" s="91">
-        <v>147406.75494303694</v>
+        <v>103059.39966088004</v>
       </c>
       <c r="F9" s="91">
-        <v>167079.57562402936</v>
+        <v>105781.59341424635</v>
       </c>
       <c r="G9" s="92">
-        <v>511595.89782471897</v>
+        <v>335696.65928206802</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="93"/>
       <c r="B10" s="94"/>
       <c r="C10" s="95"/>
       <c r="D10" s="96"/>
       <c r="E10" s="97"/>
       <c r="F10" s="97"/>
       <c r="G10" s="98"/>
     </row>
     <row r="11" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="99"/>
       <c r="B11" s="94" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="100">
         <f>(D9-D8)/D8</f>
-        <v>1.1330360542615695E-2</v>
+        <v>1.0181591998657851E-2</v>
       </c>
       <c r="E11" s="97">
         <f>(E9-E8)/E8</f>
-        <v>8.9853766062963428E-3</v>
+        <v>-1.676784349150388E-2</v>
       </c>
       <c r="F11" s="97">
         <f>(F9-F8)/F8</f>
-        <v>2.655350620699887E-2</v>
+        <v>2.7074877020852521E-3</v>
       </c>
       <c r="G11" s="98">
         <f>(G9-G8)/G8</f>
-        <v>1.5568741026029688E-2</v>
+        <v>-5.7563647939217919E-4</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="99"/>
       <c r="B12" s="101"/>
       <c r="D12" s="102"/>
       <c r="G12" s="101"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="93"/>
       <c r="B13" s="89"/>
       <c r="D13" s="90"/>
       <c r="E13" s="91"/>
       <c r="F13" s="91"/>
       <c r="G13" s="92"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="103" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="104" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="105"/>
       <c r="D14" s="106">
         <f>D8/$G$8</f>
-        <v>0.38689839738703763</v>
+        <v>0.37386372867251283</v>
       </c>
       <c r="E14" s="107">
         <f>E8/$G$8</f>
-        <v>0.29001120984592726</v>
+        <v>0.31205737257406196</v>
       </c>
       <c r="F14" s="107">
         <f>F8/$G$8</f>
-        <v>0.32309039276703511</v>
+        <v>0.3140788987534251</v>
       </c>
       <c r="G14" s="108">
         <f>G8/$G$8</f>
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="93"/>
       <c r="B15" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="109">
         <f>D9/$G$9</f>
-        <v>0.3852837133678223</v>
+        <v>0.3778877826137424</v>
       </c>
       <c r="E15" s="110">
         <f>E9/$G$9</f>
-        <v>0.28813122929601925</v>
+        <v>0.30700156469023637</v>
       </c>
       <c r="F15" s="110">
         <f>F9/$G$9</f>
-        <v>0.32658505733615856</v>
+        <v>0.31511065269602134</v>
       </c>
       <c r="G15" s="111">
         <f>G9/$G$9</f>
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="112"/>
       <c r="B16" s="113"/>
       <c r="C16" s="114"/>
       <c r="D16" s="115"/>
       <c r="E16" s="115"/>
       <c r="F16" s="115"/>
       <c r="G16" s="116"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="88"/>
       <c r="D17" s="91"/>
       <c r="E17" s="91"/>
       <c r="F17" s="91"/>
       <c r="G17" s="117"/>
     </row>
     <row r="18" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B18" s="72"/>
       <c r="D18" s="80" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="81" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="81" t="s">
         <v>4</v>
       </c>
       <c r="G18" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="83" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="118" t="s">
         <v>45</v>
       </c>
       <c r="D19" s="119">
-        <v>1078019.7330137228</v>
+        <v>1382002.3013277957</v>
       </c>
       <c r="E19" s="86">
-        <v>833205.57214694959</v>
+        <v>1068419.6067310437</v>
       </c>
       <c r="F19" s="86">
-        <v>1082729.9223421677</v>
+        <v>1347866.675130371</v>
       </c>
       <c r="G19" s="87">
-        <v>2993955.2275028396</v>
+        <v>3798288.5831892104</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="88"/>
       <c r="B20" s="89" t="s">
         <v>46</v>
       </c>
       <c r="D20" s="90">
-        <v>1125883.9730137221</v>
+        <v>1413751.4354277949</v>
       </c>
       <c r="E20" s="91">
-        <v>864509.49900074117</v>
+        <v>1102518.5737669386</v>
       </c>
       <c r="F20" s="91">
-        <v>1050640.5004578577</v>
+        <v>1292124.6602872272</v>
       </c>
       <c r="G20" s="92">
-        <v>3041033.9724723212</v>
+        <v>3808394.6694819611</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="93"/>
       <c r="B21" s="89" t="s">
         <v>47</v>
       </c>
       <c r="D21" s="90">
-        <v>1102896.3663537225</v>
+        <v>1397364.5926777958</v>
       </c>
       <c r="E21" s="91">
-        <v>844575.57457949012</v>
+        <v>1078409.1736008995</v>
       </c>
       <c r="F21" s="91">
-        <v>1021778.8913434052</v>
+        <v>1267368.1785028672</v>
       </c>
       <c r="G21" s="92">
-        <v>2969250.8322766181</v>
+        <v>3743141.9447815632</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="93"/>
       <c r="B22" s="94"/>
       <c r="C22" s="95"/>
       <c r="D22" s="96"/>
       <c r="E22" s="97"/>
       <c r="F22" s="97"/>
       <c r="G22" s="98"/>
     </row>
     <row r="23" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="99"/>
       <c r="B23" s="94" t="str">
         <f>"% change " &amp; MID(B21,3,2) &amp; "/" &amp; RIGHT(B21,2) &amp; " &amp; " &amp; MID(B20,3,2) &amp; "/" &amp; RIGHT(B20,2)</f>
         <v>% change 25/26 &amp; 24/25</v>
       </c>
       <c r="D23" s="100">
         <f>(D21-D20)/D20</f>
-        <v>-2.0417385104494611E-2</v>
+        <v>-1.1591035269251947E-2</v>
       </c>
       <c r="E23" s="97">
         <f>(E21-E20)/E20</f>
-        <v>-2.3058074485349252E-2</v>
+        <v>-2.1867568256619327E-2</v>
       </c>
       <c r="F23" s="97">
         <f>(F21-F20)/F20</f>
-        <v>-2.7470489764933791E-2</v>
+        <v>-1.9159514979659072E-2</v>
       </c>
       <c r="G23" s="98">
         <f>(G21-G20)/G20</f>
-        <v>-2.3604846524402479E-2</v>
+        <v>-1.7133918714699242E-2</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="99"/>
       <c r="B24" s="101"/>
       <c r="D24" s="102"/>
       <c r="G24" s="101"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="93"/>
       <c r="B25" s="89"/>
       <c r="D25" s="90"/>
       <c r="E25" s="91"/>
       <c r="F25" s="91"/>
       <c r="G25" s="92"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="103" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="89" t="s">
         <v>46</v>
       </c>
       <c r="D26" s="109">
         <f>D20/$G$20</f>
-        <v>0.37023064628850333</v>
+        <v>0.37121978106856801</v>
       </c>
       <c r="E26" s="110">
         <f>E20/$G$20</f>
-        <v>0.28428143415244589</v>
+        <v>0.2894969322906098</v>
       </c>
       <c r="F26" s="110">
         <f>F20/$G$20</f>
-        <v>0.34548791955905073</v>
+        <v>0.33928328664082213</v>
       </c>
       <c r="G26" s="111">
         <f>G20/$G$20</f>
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="93"/>
       <c r="B27" s="89" t="s">
         <v>47</v>
       </c>
       <c r="D27" s="109">
         <f>D21/$G$21</f>
-        <v>0.37143927160511969</v>
+        <v>0.37331327886881432</v>
       </c>
       <c r="E27" s="110">
         <f>E21/$G$21</f>
-        <v>0.28444062906330059</v>
+        <v>0.28810266602482043</v>
       </c>
       <c r="F27" s="110">
         <f>F21/$G$21</f>
-        <v>0.34412009933157961</v>
+        <v>0.33858405510636502</v>
       </c>
       <c r="G27" s="111">
         <f>G21/$G$21</f>
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="112"/>
       <c r="B28" s="113"/>
       <c r="C28" s="114"/>
       <c r="D28" s="115"/>
       <c r="E28" s="115"/>
       <c r="F28" s="115"/>
       <c r="G28" s="116"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A29" s="88"/>
       <c r="D29" s="91"/>
       <c r="E29" s="91"/>
       <c r="F29" s="91"/>
       <c r="G29" s="117"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="D30" s="120" t="s">
         <v>2</v>
@@ -12773,211 +12805,211 @@
     </row>
     <row r="36" spans="1:7" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="37" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B37" s="72"/>
       <c r="D37" s="120" t="s">
         <v>2</v>
       </c>
       <c r="E37" s="121" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="121" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="103" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="104" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="129">
-        <v>4.1447257425060627E-2</v>
+        <v>4.3674840891749139E-2</v>
       </c>
       <c r="E38" s="130">
-        <v>4.1465467179554877E-2</v>
+        <v>4.2766431511348318E-2</v>
       </c>
       <c r="F38" s="130">
-        <v>4.3075853319335194E-2</v>
+        <v>4.4785532662968287E-2</v>
       </c>
       <c r="G38" s="131">
-        <v>4.200137196063141E-2</v>
+        <v>4.3769563142904318E-2</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="93"/>
       <c r="B39" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D39" s="132">
-        <v>4.1311836828194261E-2</v>
+        <v>4.4662122032018615E-2</v>
       </c>
       <c r="E39" s="133">
-        <v>4.1365225862857159E-2</v>
+        <v>4.317776401411455E-2</v>
       </c>
       <c r="F39" s="133">
-        <v>4.280435398832981E-2</v>
+        <v>4.5542637589334058E-2</v>
       </c>
       <c r="G39" s="134">
-        <v>4.180953820220909E-2</v>
+        <v>4.4475468525569113E-2</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="93"/>
       <c r="B40" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D40" s="132">
-        <v>4.1524306701691008E-2</v>
+        <v>4.486327689437461E-2</v>
       </c>
       <c r="E40" s="133">
-        <v>4.2762046511182761E-2</v>
+        <v>4.383152068810553E-2</v>
       </c>
       <c r="F40" s="133">
-        <v>4.2161147515317396E-2</v>
+        <v>4.5589663148254272E-2</v>
       </c>
       <c r="G40" s="134">
-        <v>4.2088920888180656E-2</v>
+        <v>4.4775418171240582E-2</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="135"/>
       <c r="B41" s="136" t="s">
         <v>44</v>
       </c>
       <c r="D41" s="137">
         <f>(D40-D39)/D39</f>
-        <v>5.1430749588878555E-3</v>
+        <v>4.5039253220387669E-3</v>
       </c>
       <c r="E41" s="138">
         <f>(E40-E39)/E39</f>
-        <v>3.3767992781101694E-2</v>
+        <v>1.514104977222235E-2</v>
       </c>
       <c r="F41" s="138">
         <f>(F40-F39)/F39</f>
-        <v>-1.5026659979210953E-2</v>
+        <v>1.0325611648638474E-3</v>
       </c>
       <c r="G41" s="139">
         <f>(G40-G39)/G39</f>
-        <v>6.6822715099207715E-3</v>
+        <v>6.7441593223245364E-3</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="78" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B43" s="72"/>
       <c r="D43" s="120" t="s">
         <v>2</v>
       </c>
       <c r="E43" s="121" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="121" t="s">
         <v>4</v>
       </c>
       <c r="G43" s="82" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="103" t="s">
         <v>36</v>
       </c>
       <c r="B44" s="104" t="s">
         <v>41</v>
       </c>
       <c r="D44" s="129">
-        <v>3.3405378110718642E-2</v>
+        <v>3.4159658433134822E-2</v>
       </c>
       <c r="E44" s="130">
-        <v>3.3148534592692722E-2</v>
+        <v>3.3810279085318515E-2</v>
       </c>
       <c r="F44" s="130">
-        <v>3.4448906889093245E-2</v>
+        <v>3.4720499795702971E-2</v>
       </c>
       <c r="G44" s="131">
-        <v>3.3683313331380256E-2</v>
+        <v>3.423969066695589E-2</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="93"/>
       <c r="B45" s="89" t="s">
         <v>42</v>
       </c>
       <c r="D45" s="132">
-        <v>3.3287431519796185E-2</v>
+        <v>3.4495871406596983E-2</v>
       </c>
       <c r="E45" s="133">
-        <v>3.3029846913068407E-2</v>
+        <v>3.4414293796066038E-2</v>
       </c>
       <c r="F45" s="133">
-        <v>3.4328800911448402E-2</v>
+        <v>3.4990436168759145E-2</v>
       </c>
       <c r="G45" s="134">
-        <v>3.3549185542125846E-2</v>
+        <v>3.4625746867655981E-2</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="93"/>
       <c r="B46" s="89" t="s">
         <v>43</v>
       </c>
       <c r="D46" s="132">
-        <v>3.4376452515420812E-2</v>
+        <v>3.5025566190671431E-2</v>
       </c>
       <c r="E46" s="133">
-        <v>3.4111015539615964E-2</v>
+        <v>3.4748242450612199E-2</v>
       </c>
       <c r="F46" s="133">
-        <v>3.4968751876580363E-2</v>
+        <v>3.5123566614739997E-2</v>
       </c>
       <c r="G46" s="134">
-        <v>3.4493407954106013E-2</v>
+        <v>3.4971308346140234E-2</v>
       </c>
     </row>
     <row r="47" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="135"/>
       <c r="B47" s="136" t="s">
         <v>44</v>
       </c>
       <c r="D47" s="137">
         <f>(D46-D45)/D45</f>
-        <v>3.2715681141603906E-2</v>
+        <v>1.5355309562440847E-2</v>
       </c>
       <c r="E47" s="138">
         <f>(E46-E45)/E45</f>
-        <v>3.2733080156050864E-2</v>
+        <v>9.7037776374285269E-3</v>
       </c>
       <c r="F47" s="138">
         <f>(F46-F45)/F45</f>
-        <v>1.8641809446905026E-2</v>
+        <v>3.8047666893536976E-3</v>
       </c>
       <c r="G47" s="139">
         <f>(G46-G45)/G45</f>
-        <v>2.8144421294357777E-2</v>
+        <v>9.9798996337908154E-3</v>
       </c>
     </row>
     <row r="48" spans="1:7" s="95" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="140" t="s">
         <v>22</v>
       </c>
       <c r="B48" s="141"/>
       <c r="D48" s="142"/>
       <c r="E48" s="142"/>
       <c r="F48" s="142"/>
       <c r="G48" s="142"/>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A49" s="140" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A50" s="140" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A52" s="143" t="s">
         <v>26</v>
@@ -12989,58 +13021,58 @@
     <row r="53" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A53" s="143" t="s">
         <v>27</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="1"/>
       <c r="D53" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="D35:G35"/>
   </mergeCells>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.85" bottom="0.98425196850393704" header="0.83" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="89" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43E7AB29-74BA-4279-AF89-244B9F884DF0}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E36012A-F11A-459A-B7C1-9421EC9652FC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S56"/>
   <sheetViews>
-    <sheetView topLeftCell="A16" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="D47" sqref="D47:M47"/>
+    <sheetView topLeftCell="A29" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="D49" sqref="D49:L49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.15234375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.3828125" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="0.84375" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.15234375" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.15234375" style="7" customWidth="1"/>
     <col min="7" max="7" width="0.84375" style="1" customWidth="1"/>
     <col min="8" max="9" width="9.15234375" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.15234375" style="7" customWidth="1"/>
     <col min="11" max="11" width="0.84375" style="1" customWidth="1"/>
     <col min="12" max="13" width="9.15234375" style="6" customWidth="1"/>
     <col min="14" max="14" width="8.15234375" style="7" customWidth="1"/>
     <col min="15" max="15" width="0.84375" style="1" customWidth="1"/>
     <col min="16" max="17" width="9.15234375" style="6" customWidth="1"/>
     <col min="18" max="18" width="8.15234375" style="7" customWidth="1"/>
     <col min="19" max="19" width="0.84375" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.3">
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
@@ -13911,223 +13943,263 @@
     <row r="28" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="44"/>
       <c r="D28" s="47"/>
       <c r="E28" s="41"/>
       <c r="F28" s="42"/>
       <c r="G28" s="43"/>
       <c r="H28" s="47"/>
       <c r="I28" s="41"/>
       <c r="J28" s="42"/>
       <c r="L28" s="47"/>
       <c r="M28" s="41"/>
       <c r="N28" s="42"/>
       <c r="P28" s="47"/>
       <c r="Q28" s="41"/>
       <c r="R28" s="42"/>
     </row>
     <row r="29" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="38"/>
       <c r="C29" s="48"/>
       <c r="D29" s="47">
         <v>162.29037091713133</v>
       </c>
-      <c r="E29" s="41"/>
-      <c r="F29" s="42" t="str">
+      <c r="E29" s="41">
+        <v>167.61256011713138</v>
+      </c>
+      <c r="F29" s="42">
         <f>IF(D29="","",IF(E29="","",IF(D29=0,0,IF(E29=0,0,(E29-D29)/D29))))</f>
-        <v/>
+        <v>3.2794238930648999E-2</v>
       </c>
       <c r="G29" s="43"/>
       <c r="H29" s="47">
         <v>133.19212082639888</v>
       </c>
-      <c r="I29" s="41"/>
-      <c r="J29" s="42" t="str">
+      <c r="I29" s="41">
+        <v>130.77419936052974</v>
+      </c>
+      <c r="J29" s="42">
         <f>IF(H29="","",IF(I29="","",IF(H29=0,0,IF(I29=0,0,(I29-H29)/H29))))</f>
-        <v/>
+        <v>-1.815363739887162E-2</v>
       </c>
       <c r="L29" s="47">
         <v>135.98819544132303</v>
       </c>
-      <c r="M29" s="41"/>
-      <c r="N29" s="42" t="str">
+      <c r="M29" s="41">
+        <v>139.8076937452162</v>
+      </c>
+      <c r="N29" s="42">
         <f>IF(L29="","",IF(M29="","",IF(L29=0,0,IF(M29=0,0,(M29-L29)/L29))))</f>
-        <v/>
+        <v>2.8086984252550278E-2</v>
       </c>
       <c r="P29" s="47">
         <v>431.4706871848532</v>
       </c>
-      <c r="Q29" s="41"/>
-      <c r="R29" s="42" t="str">
+      <c r="Q29" s="41">
+        <v>438.19445322287731</v>
+      </c>
+      <c r="R29" s="42">
         <f>IF(P29="","",IF(Q29="","",IF(P29=0,0,IF(Q29=0,0,(Q29-P29)/P29))))</f>
-        <v/>
+        <v>1.5583366930193045E-2</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="44"/>
       <c r="B30" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="46"/>
       <c r="D30" s="41">
         <f>IF(D29="","",D29+D27)</f>
         <v>1288.1743439308539</v>
       </c>
-      <c r="E30" s="41"/>
-      <c r="F30" s="42" t="str">
+      <c r="E30" s="41">
+        <f>E27+E29</f>
+        <v>1270.508926470854</v>
+      </c>
+      <c r="F30" s="42">
         <f>IF(D30="","",IF(E30="","",IF(D30=0,0,IF(E30=0,0,(E30-D30)/D30))))</f>
-        <v/>
+        <v>-1.3713529960621605E-2</v>
       </c>
       <c r="G30" s="43"/>
       <c r="H30" s="47">
         <f>IF(H29="","",H29+H27)</f>
         <v>997.70161982713978</v>
       </c>
-      <c r="I30" s="41"/>
-      <c r="J30" s="42" t="str">
+      <c r="I30" s="41">
+        <f>I27+I29</f>
+        <v>975.34977394001976</v>
+      </c>
+      <c r="J30" s="42">
         <f>IF(H30="","",IF(I30="","",IF(H30=0,0,IF(I30=0,0,(I30-H30)/H30))))</f>
-        <v/>
+        <v>-2.2403337273314908E-2</v>
       </c>
       <c r="L30" s="47">
         <f>IF(L29="","",L29+L27)</f>
         <v>1186.6286958991811</v>
       </c>
-      <c r="M30" s="41"/>
-      <c r="N30" s="42" t="str">
+      <c r="M30" s="41">
+        <f>M27+M29</f>
+        <v>1161.5865850886214</v>
+      </c>
+      <c r="N30" s="42">
         <f>IF(L30="","",IF(M30="","",IF(L30=0,0,IF(M30=0,0,(M30-L30)/L30))))</f>
-        <v/>
+        <v>-2.1103577637302792E-2</v>
       </c>
       <c r="P30" s="47">
         <f>IF(P29="","",P29+P27)</f>
         <v>3472.5046596571747</v>
       </c>
-      <c r="Q30" s="41"/>
-      <c r="R30" s="42" t="str">
+      <c r="Q30" s="41">
+        <f>Q27+Q29</f>
+        <v>3407.4452854994952</v>
+      </c>
+      <c r="R30" s="42">
         <f>IF(P30="","",IF(Q30="","",IF(P30=0,0,IF(Q30=0,0,(Q30-P30)/P30))))</f>
-        <v/>
+        <v>-1.8735575768558513E-2</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="44"/>
       <c r="D31" s="47"/>
       <c r="E31" s="41"/>
       <c r="F31" s="42"/>
       <c r="G31" s="43"/>
       <c r="H31" s="47"/>
       <c r="I31" s="41"/>
       <c r="J31" s="42"/>
       <c r="L31" s="47"/>
       <c r="M31" s="41"/>
       <c r="N31" s="42"/>
       <c r="P31" s="47"/>
       <c r="Q31" s="41"/>
       <c r="R31" s="42"/>
     </row>
     <row r="32" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="37" t="s">
         <v>15</v>
       </c>
       <c r="B32" s="38"/>
       <c r="C32" s="48"/>
       <c r="D32" s="47">
         <v>125.57709149694168</v>
       </c>
-      <c r="E32" s="41"/>
-      <c r="F32" s="42" t="str">
+      <c r="E32" s="41">
+        <v>126.85566620694166</v>
+      </c>
+      <c r="F32" s="42">
         <f>IF(D32="","",IF(E32="","",IF(D32=0,0,IF(E32=0,0,(E32-D32)/D32))))</f>
-        <v/>
+        <v>1.0181591998657855E-2</v>
       </c>
       <c r="G32" s="43"/>
       <c r="H32" s="47">
         <v>104.81695393979878</v>
       </c>
-      <c r="I32" s="41"/>
-      <c r="J32" s="42" t="str">
+      <c r="I32" s="41">
+        <v>103.05939966088005</v>
+      </c>
+      <c r="J32" s="42">
         <f>IF(H32="","",IF(I32="","",IF(H32=0,0,IF(I32=0,0,(I32-H32)/H32))))</f>
-        <v/>
+        <v>-1.6767843491504026E-2</v>
       </c>
       <c r="L32" s="47">
         <v>105.4959643880461</v>
       </c>
-      <c r="M32" s="41"/>
-      <c r="N32" s="42" t="str">
+      <c r="M32" s="41">
+        <v>105.78159341424636</v>
+      </c>
+      <c r="N32" s="42">
         <f>IF(L32="","",IF(M32="","",IF(L32=0,0,IF(M32=0,0,(M32-L32)/L32))))</f>
-        <v/>
+        <v>2.7074877020852144E-3</v>
       </c>
       <c r="P32" s="47">
         <v>335.89000982478655</v>
       </c>
-      <c r="Q32" s="41"/>
-      <c r="R32" s="42" t="str">
+      <c r="Q32" s="41">
+        <v>335.69665928206803</v>
+      </c>
+      <c r="R32" s="42">
         <f>IF(P32="","",IF(Q32="","",IF(P32=0,0,IF(Q32=0,0,(Q32-P32)/P32))))</f>
-        <v/>
+        <v>-5.7563647939210471E-4</v>
       </c>
     </row>
     <row r="33" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="44"/>
       <c r="B33" s="45" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="46"/>
       <c r="D33" s="41">
         <f>IF(D32="","",D32+D30)</f>
         <v>1413.7514354277955</v>
       </c>
-      <c r="E33" s="41"/>
-      <c r="F33" s="42" t="str">
+      <c r="E33" s="41">
+        <f>E30+E32</f>
+        <v>1397.3645926777956</v>
+      </c>
+      <c r="F33" s="42">
         <f>IF(D33="","",IF(E33="","",IF(D33=0,0,IF(E33=0,0,(E33-D33)/D33))))</f>
-        <v/>
+        <v>-1.1591035269252491E-2</v>
       </c>
       <c r="G33" s="43"/>
       <c r="H33" s="47">
         <f>IF(H32="","",H32+H30)</f>
         <v>1102.5185737669385</v>
       </c>
-      <c r="I33" s="41"/>
-      <c r="J33" s="42" t="str">
+      <c r="I33" s="41">
+        <f>I30+I32</f>
+        <v>1078.4091736008997</v>
+      </c>
+      <c r="J33" s="42">
         <f>IF(H33="","",IF(I33="","",IF(H33=0,0,IF(I33=0,0,(I33-H33)/H33))))</f>
-        <v/>
+        <v>-2.1867568256619008E-2</v>
       </c>
       <c r="L33" s="47">
         <f>IF(L32="","",L32+L30)</f>
         <v>1292.1246602872272</v>
       </c>
-      <c r="M33" s="41"/>
-      <c r="N33" s="42" t="str">
+      <c r="M33" s="41">
+        <f>M30+M32</f>
+        <v>1267.3681785028677</v>
+      </c>
+      <c r="N33" s="42">
         <f>IF(L33="","",IF(M33="","",IF(L33=0,0,IF(M33=0,0,(M33-L33)/L33))))</f>
-        <v/>
+        <v>-1.9159514979658666E-2</v>
       </c>
       <c r="P33" s="47">
         <f>IF(P32="","",P32+P30)</f>
         <v>3808.394669481961</v>
       </c>
-      <c r="Q33" s="41"/>
-      <c r="R33" s="42" t="str">
+      <c r="Q33" s="41">
+        <f>Q30+Q32</f>
+        <v>3743.1419447815633</v>
+      </c>
+      <c r="R33" s="42">
         <f>IF(P33="","",IF(Q33="","",IF(P33=0,0,IF(Q33=0,0,(Q33-P33)/P33))))</f>
-        <v/>
+        <v>-1.7133918714699218E-2</v>
       </c>
     </row>
     <row r="34" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="44"/>
       <c r="D34" s="47"/>
       <c r="E34" s="41"/>
       <c r="F34" s="42"/>
       <c r="G34" s="43"/>
       <c r="H34" s="47"/>
       <c r="I34" s="41"/>
       <c r="J34" s="42"/>
       <c r="L34" s="47"/>
       <c r="M34" s="41"/>
       <c r="N34" s="42"/>
       <c r="P34" s="47"/>
       <c r="Q34" s="41"/>
       <c r="R34" s="42"/>
     </row>
     <row r="35" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="37" t="s">
         <v>16</v>
       </c>
       <c r="B35" s="38"/>
       <c r="C35" s="48"/>
       <c r="D35" s="47">
@@ -14657,55 +14729,55 @@
     <row r="55" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="H4:J4"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.51181102362204722" bottom="0.74803149606299213" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8
 &amp;R&amp;8Date Issued &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0729221B-9601-42AD-A6B8-B1309C99296B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9E4C498B-FDBB-4994-8DD7-F0617BE2B2BA}">
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A127" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q28" sqref="Q28"/>
+    <sheetView showGridLines="0" topLeftCell="A121" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D47" sqref="D47:M47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.15234375" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.39370078740157483" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Produced by Trade and Strategy, Dairy Australia Limited
 Source: Dairy manufacturers&amp;R&amp;8Date Issued: &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>